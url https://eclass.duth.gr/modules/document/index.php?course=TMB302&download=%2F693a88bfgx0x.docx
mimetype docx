--- v0 (2025-12-14)
+++ v1 (2026-02-03)
@@ -1,44 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="00445F1A" w14:textId="77777777" w:rsidR="00BE3457" w:rsidRDefault="00BE3457" w:rsidP="00BE3457">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5DB43CF8" w14:textId="2A3A303E" w:rsidR="007B0D7B" w:rsidRPr="00BE3457" w:rsidRDefault="009B21EF" w:rsidP="009B21EF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -147,79 +148,95 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884DB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ΣΥΣΤΗΜΑΤΑ ΙΝΟΠΛΕΓΜΑΤΩΝ ΣΕ ΑΝΟΡΓΑΝΗ ΜΗΤΡΑ</w:t>
       </w:r>
       <w:r w:rsidR="00290F1F" w:rsidRPr="00884DB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B540277" w14:textId="77777777" w:rsidR="009B21EF" w:rsidRPr="00884DB1" w:rsidRDefault="009B21EF" w:rsidP="009B21EF">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C28A301" w14:textId="16F8E682" w:rsidR="00DB52F0" w:rsidRPr="00BE3457" w:rsidRDefault="009B21EF" w:rsidP="00DB52F0">
+    <w:p w14:paraId="3C28A301" w14:textId="0A6A1EA4" w:rsidR="00DB52F0" w:rsidRPr="00565B03" w:rsidRDefault="009B21EF" w:rsidP="00DB52F0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE3457">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ΙΝΟΠΛΙΣΜΕΝΟ ΣΚΥΡΟΔΕΜΑ</w:t>
       </w:r>
       <w:r w:rsidR="00290F1F" w:rsidRPr="00BE3457">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00440C0C" w:rsidRPr="00BE3457">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00565B03">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00565B03" w:rsidRPr="00565B03">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ΛΙΛΕ)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5505FBF3" w14:textId="77777777" w:rsidR="00BE3457" w:rsidRPr="00BE3457" w:rsidRDefault="00BE3457" w:rsidP="00BE3457">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21B91922" w14:textId="77777777" w:rsidR="00BE3457" w:rsidRPr="00BE3457" w:rsidRDefault="00BE3457" w:rsidP="00BE3457">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E0230C1" w14:textId="1157DCEC" w:rsidR="009B21EF" w:rsidRPr="00884DB1" w:rsidRDefault="009B21EF" w:rsidP="009B21EF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
@@ -244,110 +261,134 @@
       </w:r>
       <w:r w:rsidRPr="00884DB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00290F1F" w:rsidRPr="00884DB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="351562AF" w14:textId="77777777" w:rsidR="00DB52F0" w:rsidRPr="00884DB1" w:rsidRDefault="00DB52F0" w:rsidP="00DB52F0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B91FE2D" w14:textId="4BD9B890" w:rsidR="009B21EF" w:rsidRPr="00BE3457" w:rsidRDefault="009B21EF" w:rsidP="009B21EF">
+    <w:p w14:paraId="5B91FE2D" w14:textId="06319EAD" w:rsidR="009B21EF" w:rsidRPr="00565B03" w:rsidRDefault="009B21EF" w:rsidP="009B21EF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE3457">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ΕΚΤΟΞΕΥΟΜΕΝΟ ΣΚΥΡΟΔΕΜ</w:t>
       </w:r>
       <w:r w:rsidR="00290F1F" w:rsidRPr="00BE3457">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Α </w:t>
       </w:r>
+      <w:r w:rsidR="00565B03">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00565B03" w:rsidRPr="00565B03">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(ΣΒΟΛΙΑΝΤΟΠΟΥΛΟΥ)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="181C6639" w14:textId="77777777" w:rsidR="00BE3457" w:rsidRPr="00BE3457" w:rsidRDefault="00BE3457" w:rsidP="00BE3457">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AD0F26C" w14:textId="28E2731D" w:rsidR="009B21EF" w:rsidRPr="006008D0" w:rsidRDefault="009B21EF" w:rsidP="009B21EF">
+    <w:p w14:paraId="0AD0F26C" w14:textId="16B5E11B" w:rsidR="009B21EF" w:rsidRPr="00565B03" w:rsidRDefault="009B21EF" w:rsidP="009B21EF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884DB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ΑΥΤΟΣΥΜΠΥΚΝΟΥΜΕΝΟ ΣΚΥΡΟΔΕΜΑ</w:t>
       </w:r>
       <w:r w:rsidR="00440C0C" w:rsidRPr="00884DB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
+      <w:r w:rsidR="00565B03" w:rsidRPr="00565B03">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(ΜΑΡΚΑΤΑ)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0CF0C632" w14:textId="77777777" w:rsidR="009B21EF" w:rsidRPr="00884DB1" w:rsidRDefault="009B21EF" w:rsidP="009B21EF">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BF01F0B" w14:textId="1082CBB1" w:rsidR="009B21EF" w:rsidRPr="006008D0" w:rsidRDefault="009B21EF" w:rsidP="009B21EF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884DB1">
         <w:rPr>
@@ -356,75 +397,83 @@
         <w:t>ΣΚΥΡΟΔΕΜΑ ΓΙΑ ΥΠΟΒΡΥΧΙΕΣ ΣΚΥΡΟΔΕΤΗΣΕΙΣ</w:t>
       </w:r>
       <w:r w:rsidR="00440C0C" w:rsidRPr="00884DB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="001454DB" w:rsidRPr="006008D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15E3A94A" w14:textId="77777777" w:rsidR="009B21EF" w:rsidRPr="00884DB1" w:rsidRDefault="009B21EF" w:rsidP="009B21EF">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59E22983" w14:textId="487064F2" w:rsidR="009B21EF" w:rsidRPr="00884DB1" w:rsidRDefault="009B21EF" w:rsidP="009B21EF">
+    <w:p w14:paraId="59E22983" w14:textId="28C786EF" w:rsidR="009B21EF" w:rsidRPr="00884DB1" w:rsidRDefault="009B21EF" w:rsidP="009B21EF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884DB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ΧΗΜΙΚΑ ΠΡΟΣΜΕΙΚΤΑ (ΥΠΕΡ/ΤΕΣ- ΕΠΙΒΡΑΔΥΝΤΕΣ)</w:t>
       </w:r>
       <w:r w:rsidR="00440C0C" w:rsidRPr="00884DB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
+      <w:r w:rsidR="00360006" w:rsidRPr="00360006">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(ΛΟΥΚΑΣ ΘΩΜΑΣ)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="545F782E" w14:textId="77777777" w:rsidR="009B21EF" w:rsidRPr="00884DB1" w:rsidRDefault="009B21EF" w:rsidP="009B21EF">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D9264A2" w14:textId="77777777" w:rsidR="00EF4D04" w:rsidRPr="00884DB1" w:rsidRDefault="009B21EF" w:rsidP="00EF4D04">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884DB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -463,73 +512,89 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884DB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ΥΔΑΤΟΠΕΡΑΤΟ ΣΚΥΡΟΔΕΜΑ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="006AAFF8" w14:textId="77777777" w:rsidR="009B21EF" w:rsidRPr="00884DB1" w:rsidRDefault="009B21EF" w:rsidP="009B21EF">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17ED645C" w14:textId="509F8E87" w:rsidR="009B21EF" w:rsidRPr="00884DB1" w:rsidRDefault="009B21EF" w:rsidP="00DB52F0">
+    <w:p w14:paraId="17ED645C" w14:textId="7CE65A22" w:rsidR="009B21EF" w:rsidRPr="005E4256" w:rsidRDefault="009B21EF" w:rsidP="00DB52F0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884DB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ΚΥΛΙΝΔΡΟΥΜΕΝΟ ΣΚΥΡΟΔΕΜΑ</w:t>
       </w:r>
       <w:r w:rsidR="00290F1F" w:rsidRPr="00884DB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E4256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00360006" w:rsidRPr="005E4256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ΔΕΛΜΑΔΩΡΟΥ)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="092FD7CC" w14:textId="77777777" w:rsidR="00DB52F0" w:rsidRPr="00884DB1" w:rsidRDefault="00DB52F0" w:rsidP="00DB52F0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B7658D5" w14:textId="77777777" w:rsidR="00DB52F0" w:rsidRPr="00884DB1" w:rsidRDefault="00DB52F0" w:rsidP="00DB52F0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="563AA98C" w14:textId="6E6916E0" w:rsidR="009B21EF" w:rsidRPr="006008D0" w:rsidRDefault="009B21EF" w:rsidP="009B21EF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
@@ -660,51 +725,51 @@
     <w:p w14:paraId="4560093B" w14:textId="77777777" w:rsidR="009B21EF" w:rsidRPr="00884DB1" w:rsidRDefault="009B21EF" w:rsidP="009B21EF">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009B21EF" w:rsidRPr="00884DB1" w:rsidSect="009B21EF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="680" w:right="1134" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
@@ -788,84 +853,89 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0408001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="854270528">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009B21EF"/>
     <w:rsid w:val="000107F9"/>
     <w:rsid w:val="001454DB"/>
     <w:rsid w:val="001A562A"/>
     <w:rsid w:val="00290F1F"/>
+    <w:rsid w:val="00360006"/>
     <w:rsid w:val="00440C0C"/>
     <w:rsid w:val="0045244D"/>
     <w:rsid w:val="004D179B"/>
     <w:rsid w:val="00530C17"/>
+    <w:rsid w:val="00565B03"/>
+    <w:rsid w:val="005E4256"/>
     <w:rsid w:val="005F099B"/>
     <w:rsid w:val="006008D0"/>
     <w:rsid w:val="006201F2"/>
     <w:rsid w:val="00655228"/>
     <w:rsid w:val="006B3251"/>
     <w:rsid w:val="00724D8E"/>
     <w:rsid w:val="007A3283"/>
     <w:rsid w:val="007B0D7B"/>
     <w:rsid w:val="007B6BE6"/>
     <w:rsid w:val="007F3C3C"/>
     <w:rsid w:val="008217C6"/>
     <w:rsid w:val="00884DB1"/>
     <w:rsid w:val="008A324C"/>
     <w:rsid w:val="009B21EF"/>
     <w:rsid w:val="00A371B6"/>
     <w:rsid w:val="00A47D8E"/>
+    <w:rsid w:val="00B36652"/>
     <w:rsid w:val="00BE3457"/>
     <w:rsid w:val="00BE61ED"/>
     <w:rsid w:val="00C222AD"/>
     <w:rsid w:val="00DB52F0"/>
     <w:rsid w:val="00DD2544"/>
     <w:rsid w:val="00EF4D04"/>
     <w:rsid w:val="00FB2C9F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="el-GR" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -1597,66 +1667,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>82</Words>
-  <Characters>448</Characters>
+  <Words>92</Words>
+  <Characters>497</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Τίτλος</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>529</CharactersWithSpaces>
+  <CharactersWithSpaces>588</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Akis</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>