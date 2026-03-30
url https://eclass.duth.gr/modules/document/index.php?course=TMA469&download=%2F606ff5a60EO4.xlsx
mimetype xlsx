--- v0 (2026-01-12)
+++ v1 (2026-03-30)
@@ -1,2740 +1,2865 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="23256" windowHeight="13176"/>
   </bookViews>
   <sheets>
     <sheet name="Φύλλο1" sheetId="1" r:id="rId1"/>
+    <sheet name="Φύλλο2" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="144525"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E272" i="1" l="1"/>
+  <c r="E53" i="1" l="1"/>
+  <c r="I53" i="1"/>
+  <c r="N53" i="1"/>
+  <c r="E54" i="1"/>
+  <c r="I54" i="1"/>
+  <c r="N54" i="1"/>
+  <c r="E55" i="1"/>
+  <c r="I55" i="1"/>
+  <c r="N55" i="1"/>
+  <c r="E56" i="1"/>
+  <c r="I56" i="1"/>
+  <c r="N56" i="1"/>
+  <c r="E57" i="1"/>
+  <c r="I57" i="1"/>
+  <c r="N57" i="1"/>
+  <c r="E58" i="1"/>
+  <c r="I58" i="1"/>
+  <c r="N58" i="1"/>
+  <c r="E59" i="1"/>
+  <c r="I59" i="1"/>
+  <c r="N59" i="1"/>
+  <c r="E60" i="1"/>
+  <c r="I60" i="1"/>
+  <c r="N60" i="1"/>
+  <c r="E61" i="1"/>
+  <c r="I61" i="1"/>
+  <c r="N61" i="1"/>
+  <c r="E62" i="1"/>
+  <c r="I62" i="1"/>
+  <c r="N62" i="1"/>
+  <c r="E63" i="1"/>
+  <c r="I63" i="1"/>
+  <c r="N63" i="1"/>
+  <c r="E64" i="1"/>
+  <c r="I64" i="1"/>
+  <c r="N64" i="1"/>
+  <c r="E65" i="1"/>
+  <c r="I65" i="1"/>
+  <c r="N65" i="1"/>
+  <c r="E66" i="1"/>
+  <c r="I66" i="1"/>
+  <c r="N66" i="1"/>
+  <c r="E67" i="1"/>
+  <c r="I67" i="1"/>
+  <c r="N67" i="1"/>
+  <c r="E68" i="1"/>
+  <c r="I68" i="1"/>
+  <c r="N68" i="1"/>
+  <c r="E69" i="1"/>
+  <c r="I69" i="1"/>
+  <c r="N69" i="1"/>
+  <c r="E70" i="1"/>
+  <c r="I70" i="1"/>
+  <c r="N70" i="1"/>
+  <c r="E71" i="1"/>
+  <c r="I71" i="1"/>
+  <c r="N71" i="1"/>
+  <c r="E72" i="1"/>
+  <c r="I72" i="1"/>
+  <c r="N72" i="1"/>
+  <c r="E73" i="1"/>
+  <c r="I73" i="1"/>
+  <c r="N73" i="1"/>
+  <c r="E74" i="1"/>
+  <c r="I74" i="1"/>
+  <c r="N74" i="1"/>
+  <c r="E75" i="1"/>
+  <c r="I75" i="1"/>
+  <c r="N75" i="1"/>
+  <c r="E76" i="1"/>
+  <c r="I76" i="1"/>
+  <c r="N76" i="1"/>
+  <c r="E77" i="1"/>
+  <c r="I77" i="1"/>
+  <c r="N77" i="1"/>
+  <c r="E78" i="1"/>
+  <c r="I78" i="1"/>
+  <c r="N78" i="1"/>
+  <c r="E79" i="1"/>
+  <c r="I79" i="1"/>
+  <c r="N79" i="1"/>
+  <c r="E80" i="1"/>
+  <c r="I80" i="1"/>
+  <c r="N80" i="1"/>
+  <c r="E81" i="1"/>
+  <c r="I81" i="1"/>
+  <c r="N81" i="1"/>
+  <c r="E82" i="1"/>
+  <c r="I82" i="1"/>
+  <c r="N82" i="1"/>
+  <c r="E83" i="1"/>
+  <c r="I83" i="1"/>
+  <c r="N83" i="1"/>
+  <c r="E84" i="1"/>
+  <c r="I84" i="1"/>
+  <c r="N84" i="1"/>
+  <c r="E85" i="1"/>
+  <c r="I85" i="1"/>
+  <c r="N85" i="1"/>
+  <c r="E86" i="1"/>
+  <c r="I86" i="1"/>
+  <c r="N86" i="1"/>
+  <c r="E87" i="1"/>
+  <c r="I87" i="1"/>
+  <c r="N87" i="1"/>
+  <c r="E88" i="1"/>
+  <c r="I88" i="1"/>
+  <c r="N88" i="1"/>
+  <c r="E89" i="1"/>
+  <c r="I89" i="1"/>
+  <c r="N89" i="1"/>
+  <c r="E90" i="1"/>
+  <c r="I90" i="1"/>
+  <c r="N90" i="1"/>
+  <c r="E91" i="1"/>
+  <c r="I91" i="1"/>
+  <c r="N91" i="1"/>
+  <c r="E92" i="1"/>
+  <c r="I92" i="1"/>
+  <c r="N92" i="1"/>
+  <c r="E93" i="1"/>
+  <c r="I93" i="1"/>
+  <c r="N93" i="1"/>
+  <c r="E94" i="1"/>
+  <c r="I94" i="1"/>
+  <c r="N94" i="1"/>
+  <c r="E95" i="1"/>
+  <c r="I95" i="1"/>
+  <c r="N95" i="1"/>
+  <c r="E96" i="1"/>
+  <c r="I96" i="1"/>
+  <c r="N96" i="1"/>
+  <c r="E97" i="1"/>
+  <c r="I97" i="1"/>
+  <c r="N97" i="1"/>
+  <c r="E98" i="1"/>
+  <c r="I98" i="1"/>
+  <c r="N98" i="1"/>
+  <c r="E99" i="1"/>
+  <c r="I99" i="1"/>
+  <c r="N99" i="1"/>
+  <c r="E100" i="1"/>
+  <c r="I100" i="1"/>
+  <c r="N100" i="1"/>
+  <c r="E101" i="1"/>
+  <c r="I101" i="1"/>
+  <c r="N101" i="1"/>
+  <c r="E102" i="1"/>
+  <c r="I102" i="1"/>
+  <c r="N102" i="1"/>
+  <c r="E103" i="1"/>
+  <c r="I103" i="1"/>
+  <c r="N103" i="1"/>
+  <c r="E104" i="1"/>
+  <c r="I104" i="1"/>
+  <c r="N104" i="1"/>
+  <c r="E105" i="1"/>
+  <c r="I105" i="1"/>
+  <c r="N105" i="1"/>
+  <c r="E106" i="1"/>
+  <c r="I106" i="1"/>
+  <c r="N106" i="1"/>
+  <c r="E107" i="1"/>
+  <c r="I107" i="1"/>
+  <c r="N107" i="1"/>
+  <c r="E108" i="1"/>
+  <c r="I108" i="1"/>
+  <c r="N108" i="1"/>
+  <c r="E109" i="1"/>
+  <c r="I109" i="1"/>
+  <c r="N109" i="1"/>
+  <c r="E110" i="1"/>
+  <c r="I110" i="1"/>
+  <c r="N110" i="1"/>
+  <c r="E111" i="1"/>
+  <c r="I111" i="1"/>
+  <c r="N111" i="1"/>
+  <c r="E112" i="1"/>
+  <c r="I112" i="1"/>
+  <c r="N112" i="1"/>
+  <c r="E113" i="1"/>
+  <c r="I113" i="1"/>
+  <c r="N113" i="1"/>
+  <c r="E114" i="1"/>
+  <c r="I114" i="1"/>
+  <c r="N114" i="1"/>
+  <c r="E115" i="1"/>
+  <c r="I115" i="1"/>
+  <c r="N115" i="1"/>
+  <c r="E116" i="1"/>
+  <c r="I116" i="1"/>
+  <c r="N116" i="1"/>
+  <c r="E117" i="1"/>
+  <c r="I117" i="1"/>
+  <c r="N117" i="1"/>
+  <c r="E118" i="1"/>
+  <c r="I118" i="1"/>
+  <c r="N118" i="1"/>
+  <c r="E119" i="1"/>
+  <c r="I119" i="1"/>
+  <c r="N119" i="1"/>
+  <c r="E120" i="1"/>
+  <c r="I120" i="1"/>
+  <c r="N120" i="1"/>
+  <c r="E121" i="1"/>
+  <c r="I121" i="1"/>
+  <c r="N121" i="1"/>
+  <c r="E122" i="1"/>
+  <c r="I122" i="1"/>
+  <c r="N122" i="1"/>
+  <c r="E123" i="1"/>
+  <c r="I123" i="1"/>
+  <c r="N123" i="1"/>
+  <c r="E124" i="1"/>
+  <c r="I124" i="1"/>
+  <c r="N124" i="1"/>
+  <c r="E125" i="1"/>
+  <c r="I125" i="1"/>
+  <c r="N125" i="1"/>
+  <c r="E126" i="1"/>
+  <c r="I126" i="1"/>
+  <c r="N126" i="1"/>
+  <c r="E127" i="1"/>
+  <c r="I127" i="1"/>
+  <c r="N127" i="1"/>
+  <c r="E128" i="1"/>
+  <c r="I128" i="1"/>
+  <c r="N128" i="1"/>
+  <c r="E129" i="1"/>
+  <c r="I129" i="1"/>
+  <c r="N129" i="1"/>
+  <c r="E130" i="1"/>
+  <c r="I130" i="1"/>
+  <c r="N130" i="1"/>
+  <c r="E131" i="1"/>
+  <c r="I131" i="1"/>
+  <c r="N131" i="1"/>
+  <c r="E132" i="1"/>
+  <c r="I132" i="1"/>
+  <c r="N132" i="1"/>
+  <c r="E133" i="1"/>
+  <c r="I133" i="1"/>
+  <c r="N133" i="1"/>
+  <c r="E134" i="1"/>
+  <c r="I134" i="1"/>
+  <c r="N134" i="1"/>
+  <c r="E135" i="1"/>
+  <c r="I135" i="1"/>
+  <c r="N135" i="1"/>
+  <c r="E136" i="1"/>
+  <c r="I136" i="1"/>
+  <c r="N136" i="1"/>
+  <c r="E137" i="1"/>
+  <c r="I137" i="1"/>
+  <c r="N137" i="1"/>
+  <c r="E138" i="1"/>
+  <c r="I138" i="1"/>
+  <c r="N138" i="1"/>
+  <c r="E139" i="1"/>
+  <c r="I139" i="1"/>
+  <c r="N139" i="1"/>
+  <c r="E140" i="1"/>
+  <c r="I140" i="1"/>
+  <c r="N140" i="1"/>
+  <c r="E141" i="1"/>
+  <c r="I141" i="1"/>
+  <c r="N141" i="1"/>
+  <c r="E142" i="1"/>
+  <c r="I142" i="1"/>
+  <c r="N142" i="1"/>
+  <c r="E143" i="1"/>
+  <c r="I143" i="1"/>
+  <c r="N143" i="1"/>
+  <c r="E144" i="1"/>
+  <c r="I144" i="1"/>
+  <c r="N144" i="1"/>
+  <c r="E145" i="1"/>
+  <c r="I145" i="1"/>
+  <c r="N145" i="1"/>
+  <c r="E146" i="1"/>
+  <c r="I146" i="1"/>
+  <c r="N146" i="1"/>
+  <c r="E147" i="1"/>
+  <c r="I147" i="1"/>
+  <c r="N147" i="1"/>
+  <c r="E148" i="1"/>
+  <c r="I148" i="1"/>
+  <c r="N148" i="1"/>
+  <c r="E149" i="1"/>
+  <c r="I149" i="1"/>
+  <c r="N149" i="1"/>
+  <c r="E150" i="1"/>
+  <c r="I150" i="1"/>
+  <c r="N150" i="1"/>
+  <c r="E151" i="1"/>
+  <c r="I151" i="1"/>
+  <c r="N151" i="1"/>
+  <c r="E152" i="1"/>
+  <c r="I152" i="1"/>
+  <c r="N152" i="1"/>
+  <c r="E153" i="1"/>
+  <c r="I153" i="1"/>
+  <c r="N153" i="1"/>
+  <c r="E154" i="1"/>
+  <c r="I154" i="1"/>
+  <c r="N154" i="1"/>
+  <c r="E155" i="1"/>
+  <c r="I155" i="1"/>
+  <c r="N155" i="1"/>
+  <c r="E156" i="1"/>
+  <c r="I156" i="1"/>
+  <c r="N156" i="1"/>
+  <c r="E157" i="1"/>
+  <c r="I157" i="1"/>
+  <c r="N157" i="1"/>
+  <c r="E158" i="1"/>
+  <c r="I158" i="1"/>
+  <c r="N158" i="1"/>
+  <c r="E159" i="1"/>
+  <c r="I159" i="1"/>
+  <c r="N159" i="1"/>
+  <c r="E160" i="1"/>
+  <c r="I160" i="1"/>
+  <c r="N160" i="1"/>
+  <c r="E161" i="1"/>
+  <c r="I161" i="1"/>
+  <c r="N161" i="1"/>
+  <c r="E162" i="1"/>
+  <c r="I162" i="1"/>
+  <c r="N162" i="1"/>
+  <c r="E163" i="1"/>
+  <c r="I163" i="1"/>
+  <c r="N163" i="1"/>
+  <c r="E164" i="1"/>
+  <c r="I164" i="1"/>
+  <c r="N164" i="1"/>
+  <c r="E165" i="1"/>
+  <c r="I165" i="1"/>
+  <c r="N165" i="1"/>
+  <c r="E166" i="1"/>
+  <c r="I166" i="1"/>
+  <c r="N166" i="1"/>
+  <c r="E167" i="1"/>
+  <c r="I167" i="1"/>
+  <c r="N167" i="1"/>
+  <c r="E168" i="1"/>
+  <c r="I168" i="1"/>
+  <c r="N168" i="1"/>
+  <c r="E169" i="1"/>
+  <c r="I169" i="1"/>
+  <c r="N169" i="1"/>
+  <c r="E170" i="1"/>
+  <c r="I170" i="1"/>
+  <c r="N170" i="1"/>
+  <c r="E171" i="1"/>
+  <c r="I171" i="1"/>
+  <c r="N171" i="1"/>
+  <c r="E172" i="1"/>
+  <c r="I172" i="1"/>
+  <c r="N172" i="1"/>
+  <c r="E173" i="1"/>
+  <c r="I173" i="1"/>
+  <c r="N173" i="1"/>
+  <c r="E174" i="1"/>
+  <c r="I174" i="1"/>
+  <c r="N174" i="1"/>
+  <c r="E175" i="1"/>
+  <c r="I175" i="1"/>
+  <c r="N175" i="1"/>
+  <c r="E176" i="1"/>
+  <c r="I176" i="1"/>
+  <c r="N176" i="1"/>
+  <c r="E177" i="1"/>
+  <c r="I177" i="1"/>
+  <c r="N177" i="1"/>
+  <c r="E178" i="1"/>
+  <c r="I178" i="1"/>
+  <c r="N178" i="1"/>
+  <c r="E179" i="1"/>
+  <c r="I179" i="1"/>
+  <c r="N179" i="1"/>
+  <c r="E180" i="1"/>
+  <c r="I180" i="1"/>
+  <c r="N180" i="1"/>
+  <c r="E181" i="1"/>
+  <c r="I181" i="1"/>
+  <c r="N181" i="1"/>
+  <c r="E182" i="1"/>
+  <c r="I182" i="1"/>
+  <c r="N182" i="1"/>
+  <c r="E183" i="1"/>
+  <c r="I183" i="1"/>
+  <c r="N183" i="1"/>
+  <c r="E184" i="1"/>
+  <c r="I184" i="1"/>
+  <c r="N184" i="1"/>
+  <c r="E185" i="1"/>
+  <c r="I185" i="1"/>
+  <c r="N185" i="1"/>
+  <c r="E186" i="1"/>
+  <c r="I186" i="1"/>
+  <c r="N186" i="1"/>
+  <c r="E187" i="1"/>
+  <c r="I187" i="1"/>
+  <c r="N187" i="1"/>
+  <c r="E188" i="1"/>
+  <c r="I188" i="1"/>
+  <c r="N188" i="1"/>
+  <c r="E189" i="1"/>
+  <c r="I189" i="1"/>
+  <c r="N189" i="1"/>
+  <c r="E190" i="1"/>
+  <c r="I190" i="1"/>
+  <c r="N190" i="1"/>
+  <c r="E191" i="1"/>
+  <c r="I191" i="1"/>
+  <c r="N191" i="1"/>
+  <c r="E192" i="1"/>
+  <c r="I192" i="1"/>
+  <c r="N192" i="1"/>
+  <c r="E193" i="1"/>
+  <c r="I193" i="1"/>
+  <c r="N193" i="1"/>
+  <c r="E194" i="1"/>
+  <c r="I194" i="1"/>
+  <c r="N194" i="1"/>
+  <c r="E195" i="1"/>
+  <c r="I195" i="1"/>
+  <c r="N195" i="1"/>
+  <c r="E196" i="1"/>
+  <c r="I196" i="1"/>
+  <c r="N196" i="1"/>
+  <c r="E197" i="1"/>
+  <c r="I197" i="1"/>
+  <c r="N197" i="1"/>
+  <c r="E198" i="1"/>
+  <c r="I198" i="1"/>
+  <c r="N198" i="1"/>
+  <c r="E199" i="1"/>
+  <c r="I199" i="1"/>
+  <c r="N199" i="1"/>
+  <c r="E200" i="1"/>
+  <c r="I200" i="1"/>
+  <c r="N200" i="1"/>
+  <c r="E201" i="1"/>
+  <c r="I201" i="1"/>
+  <c r="N201" i="1"/>
+  <c r="E202" i="1"/>
+  <c r="I202" i="1"/>
+  <c r="N202" i="1"/>
+  <c r="E203" i="1"/>
+  <c r="I203" i="1"/>
+  <c r="N203" i="1"/>
+  <c r="E204" i="1"/>
+  <c r="I204" i="1"/>
+  <c r="N204" i="1"/>
+  <c r="E205" i="1"/>
+  <c r="I205" i="1"/>
+  <c r="N205" i="1"/>
+  <c r="E206" i="1"/>
+  <c r="I206" i="1"/>
+  <c r="N206" i="1"/>
+  <c r="E207" i="1"/>
+  <c r="I207" i="1"/>
+  <c r="N207" i="1"/>
+  <c r="E208" i="1"/>
+  <c r="I208" i="1"/>
+  <c r="N208" i="1"/>
+  <c r="E209" i="1"/>
+  <c r="I209" i="1"/>
+  <c r="N209" i="1"/>
+  <c r="E210" i="1"/>
+  <c r="I210" i="1"/>
+  <c r="N210" i="1"/>
+  <c r="E211" i="1"/>
+  <c r="I211" i="1"/>
+  <c r="N211" i="1"/>
+  <c r="E212" i="1"/>
+  <c r="I212" i="1"/>
+  <c r="N212" i="1"/>
+  <c r="E213" i="1"/>
+  <c r="I213" i="1"/>
+  <c r="N213" i="1"/>
+  <c r="E214" i="1"/>
+  <c r="I214" i="1"/>
+  <c r="N214" i="1"/>
+  <c r="E215" i="1"/>
+  <c r="I215" i="1"/>
+  <c r="N215" i="1"/>
+  <c r="E216" i="1"/>
+  <c r="I216" i="1"/>
+  <c r="N216" i="1"/>
+  <c r="E217" i="1"/>
+  <c r="I217" i="1"/>
+  <c r="N217" i="1"/>
+  <c r="E218" i="1"/>
+  <c r="I218" i="1"/>
+  <c r="N218" i="1"/>
+  <c r="E219" i="1"/>
+  <c r="I219" i="1"/>
+  <c r="N219" i="1"/>
+  <c r="E220" i="1"/>
+  <c r="I220" i="1"/>
+  <c r="N220" i="1"/>
+  <c r="E221" i="1"/>
+  <c r="I221" i="1"/>
+  <c r="N221" i="1"/>
+  <c r="E222" i="1"/>
+  <c r="I222" i="1"/>
+  <c r="N222" i="1"/>
+  <c r="E223" i="1"/>
+  <c r="I223" i="1"/>
+  <c r="N223" i="1"/>
+  <c r="E224" i="1"/>
+  <c r="I224" i="1"/>
+  <c r="N224" i="1"/>
+  <c r="E225" i="1"/>
+  <c r="I225" i="1"/>
+  <c r="N225" i="1"/>
+  <c r="E226" i="1"/>
+  <c r="I226" i="1"/>
+  <c r="N226" i="1"/>
+  <c r="E227" i="1"/>
+  <c r="I227" i="1"/>
+  <c r="N227" i="1"/>
+  <c r="E228" i="1"/>
+  <c r="I228" i="1"/>
+  <c r="N228" i="1"/>
+  <c r="E229" i="1"/>
+  <c r="I229" i="1"/>
+  <c r="N229" i="1"/>
+  <c r="E230" i="1"/>
+  <c r="I230" i="1"/>
+  <c r="N230" i="1"/>
+  <c r="E231" i="1"/>
+  <c r="I231" i="1"/>
+  <c r="N231" i="1"/>
+  <c r="E232" i="1"/>
+  <c r="I232" i="1"/>
+  <c r="N232" i="1"/>
+  <c r="E233" i="1"/>
+  <c r="I233" i="1"/>
+  <c r="N233" i="1"/>
+  <c r="E234" i="1"/>
+  <c r="I234" i="1"/>
+  <c r="N234" i="1"/>
+  <c r="E235" i="1"/>
+  <c r="I235" i="1"/>
+  <c r="N235" i="1"/>
+  <c r="E236" i="1"/>
+  <c r="I236" i="1"/>
+  <c r="N236" i="1"/>
+  <c r="E237" i="1"/>
+  <c r="I237" i="1"/>
+  <c r="N237" i="1"/>
+  <c r="E238" i="1"/>
+  <c r="I238" i="1"/>
+  <c r="N238" i="1"/>
+  <c r="E239" i="1"/>
+  <c r="I239" i="1"/>
+  <c r="N239" i="1"/>
+  <c r="E240" i="1"/>
+  <c r="I240" i="1"/>
+  <c r="N240" i="1"/>
+  <c r="E241" i="1"/>
+  <c r="I241" i="1"/>
+  <c r="N241" i="1"/>
+  <c r="E242" i="1"/>
+  <c r="I242" i="1"/>
+  <c r="N242" i="1"/>
+  <c r="E243" i="1"/>
+  <c r="I243" i="1"/>
+  <c r="N243" i="1"/>
+  <c r="E244" i="1"/>
+  <c r="I244" i="1"/>
+  <c r="N244" i="1"/>
+  <c r="E245" i="1"/>
+  <c r="I245" i="1"/>
+  <c r="N245" i="1"/>
+  <c r="E246" i="1"/>
+  <c r="I246" i="1"/>
+  <c r="N246" i="1"/>
+  <c r="E247" i="1"/>
+  <c r="I247" i="1"/>
+  <c r="N247" i="1"/>
+  <c r="E248" i="1"/>
+  <c r="I248" i="1"/>
+  <c r="N248" i="1"/>
+  <c r="E249" i="1"/>
+  <c r="I249" i="1"/>
+  <c r="N249" i="1"/>
+  <c r="E250" i="1"/>
+  <c r="I250" i="1"/>
+  <c r="N250" i="1"/>
+  <c r="E251" i="1"/>
+  <c r="I251" i="1"/>
+  <c r="N251" i="1"/>
+  <c r="E252" i="1"/>
+  <c r="I252" i="1"/>
+  <c r="N252" i="1"/>
+  <c r="E253" i="1"/>
+  <c r="I253" i="1"/>
+  <c r="N253" i="1"/>
+  <c r="E254" i="1"/>
+  <c r="I254" i="1"/>
+  <c r="N254" i="1"/>
+  <c r="E255" i="1"/>
+  <c r="I255" i="1"/>
+  <c r="N255" i="1"/>
+  <c r="E256" i="1"/>
+  <c r="I256" i="1"/>
+  <c r="N256" i="1"/>
+  <c r="E257" i="1"/>
+  <c r="I257" i="1"/>
+  <c r="N257" i="1"/>
+  <c r="E258" i="1"/>
+  <c r="I258" i="1"/>
+  <c r="N258" i="1"/>
+  <c r="E259" i="1"/>
+  <c r="I259" i="1"/>
+  <c r="N259" i="1"/>
+  <c r="E260" i="1"/>
+  <c r="I260" i="1"/>
+  <c r="N260" i="1"/>
+  <c r="E261" i="1"/>
+  <c r="I261" i="1"/>
+  <c r="N261" i="1"/>
+  <c r="E262" i="1"/>
+  <c r="I262" i="1"/>
+  <c r="N262" i="1"/>
+  <c r="E263" i="1"/>
+  <c r="I263" i="1"/>
+  <c r="N263" i="1"/>
+  <c r="E264" i="1"/>
+  <c r="I264" i="1"/>
+  <c r="N264" i="1"/>
+  <c r="E265" i="1"/>
+  <c r="I265" i="1"/>
+  <c r="N265" i="1"/>
+  <c r="E266" i="1"/>
+  <c r="I266" i="1"/>
+  <c r="N266" i="1"/>
+  <c r="E267" i="1"/>
+  <c r="I267" i="1"/>
+  <c r="N267" i="1"/>
+  <c r="E268" i="1"/>
+  <c r="I268" i="1"/>
+  <c r="N268" i="1"/>
+  <c r="E269" i="1"/>
+  <c r="I269" i="1"/>
+  <c r="N269" i="1"/>
+  <c r="E270" i="1"/>
+  <c r="I270" i="1"/>
+  <c r="N270" i="1"/>
+  <c r="E271" i="1"/>
+  <c r="I271" i="1"/>
+  <c r="N271" i="1"/>
+  <c r="E272" i="1"/>
+  <c r="I272" i="1"/>
+  <c r="N272" i="1"/>
+  <c r="E273" i="1"/>
+  <c r="I273" i="1"/>
+  <c r="N273" i="1"/>
+  <c r="E274" i="1"/>
+  <c r="I274" i="1"/>
+  <c r="N274" i="1"/>
+  <c r="E275" i="1"/>
+  <c r="I275" i="1"/>
+  <c r="N275" i="1"/>
+  <c r="E276" i="1"/>
+  <c r="I276" i="1"/>
+  <c r="N276" i="1"/>
+  <c r="E277" i="1"/>
+  <c r="I277" i="1"/>
+  <c r="N277" i="1"/>
+  <c r="E278" i="1"/>
+  <c r="I278" i="1"/>
+  <c r="N278" i="1"/>
+  <c r="E279" i="1"/>
+  <c r="I279" i="1"/>
+  <c r="N279" i="1"/>
+  <c r="E280" i="1"/>
+  <c r="I280" i="1"/>
+  <c r="N280" i="1"/>
+  <c r="E281" i="1"/>
+  <c r="I281" i="1"/>
+  <c r="N281" i="1"/>
+  <c r="E282" i="1"/>
+  <c r="I282" i="1"/>
+  <c r="N282" i="1"/>
+  <c r="E283" i="1"/>
+  <c r="I283" i="1"/>
+  <c r="N283" i="1"/>
+  <c r="E284" i="1"/>
+  <c r="I284" i="1"/>
+  <c r="N284" i="1"/>
+  <c r="E285" i="1"/>
+  <c r="I285" i="1"/>
+  <c r="N285" i="1"/>
+  <c r="E12" i="1"/>
+  <c r="I12" i="1"/>
+  <c r="N12" i="1"/>
+  <c r="E13" i="1"/>
+  <c r="I13" i="1"/>
+  <c r="N13" i="1"/>
+  <c r="E14" i="1"/>
+  <c r="I14" i="1"/>
+  <c r="N14" i="1"/>
+  <c r="E15" i="1"/>
+  <c r="I15" i="1"/>
+  <c r="N15" i="1"/>
+  <c r="E16" i="1"/>
+  <c r="I16" i="1"/>
+  <c r="N16" i="1"/>
+  <c r="E17" i="1"/>
+  <c r="I17" i="1"/>
+  <c r="N17" i="1"/>
+  <c r="E18" i="1"/>
+  <c r="I18" i="1"/>
+  <c r="N18" i="1"/>
+  <c r="E19" i="1"/>
+  <c r="I19" i="1"/>
+  <c r="N19" i="1"/>
+  <c r="E20" i="1"/>
+  <c r="I20" i="1"/>
+  <c r="N20" i="1"/>
+  <c r="E21" i="1"/>
+  <c r="I21" i="1"/>
+  <c r="N21" i="1"/>
+  <c r="E22" i="1"/>
+  <c r="I22" i="1"/>
+  <c r="N22" i="1"/>
+  <c r="E23" i="1"/>
+  <c r="I23" i="1"/>
+  <c r="N23" i="1"/>
+  <c r="E24" i="1"/>
+  <c r="I24" i="1"/>
+  <c r="N24" i="1"/>
+  <c r="E25" i="1"/>
+  <c r="I25" i="1"/>
+  <c r="N25" i="1"/>
+  <c r="E26" i="1"/>
+  <c r="I26" i="1"/>
+  <c r="N26" i="1"/>
+  <c r="E27" i="1"/>
+  <c r="I27" i="1"/>
+  <c r="N27" i="1"/>
+  <c r="E28" i="1"/>
+  <c r="I28" i="1"/>
+  <c r="N28" i="1"/>
+  <c r="E29" i="1"/>
+  <c r="I29" i="1"/>
+  <c r="N29" i="1"/>
+  <c r="E30" i="1"/>
+  <c r="I30" i="1"/>
+  <c r="N30" i="1"/>
+  <c r="E31" i="1"/>
+  <c r="I31" i="1"/>
+  <c r="N31" i="1"/>
+  <c r="E32" i="1"/>
+  <c r="I32" i="1"/>
+  <c r="N32" i="1"/>
+  <c r="E33" i="1"/>
+  <c r="I33" i="1"/>
+  <c r="N33" i="1"/>
+  <c r="E34" i="1"/>
+  <c r="I34" i="1"/>
+  <c r="N34" i="1"/>
+  <c r="E35" i="1"/>
+  <c r="I35" i="1"/>
+  <c r="N35" i="1"/>
+  <c r="E36" i="1"/>
+  <c r="I36" i="1"/>
+  <c r="N36" i="1"/>
+  <c r="E37" i="1"/>
+  <c r="I37" i="1"/>
+  <c r="N37" i="1"/>
+  <c r="E38" i="1"/>
+  <c r="I38" i="1"/>
+  <c r="N38" i="1"/>
+  <c r="E39" i="1"/>
+  <c r="I39" i="1"/>
+  <c r="N39" i="1"/>
+  <c r="E40" i="1"/>
+  <c r="I40" i="1"/>
+  <c r="N40" i="1"/>
+  <c r="E41" i="1"/>
+  <c r="I41" i="1"/>
+  <c r="N41" i="1"/>
+  <c r="E42" i="1"/>
+  <c r="I42" i="1"/>
+  <c r="N42" i="1"/>
+  <c r="E43" i="1"/>
+  <c r="I43" i="1"/>
+  <c r="N43" i="1"/>
+  <c r="E44" i="1"/>
+  <c r="I44" i="1"/>
+  <c r="N44" i="1"/>
+  <c r="E45" i="1"/>
+  <c r="I45" i="1"/>
+  <c r="N45" i="1"/>
+  <c r="E46" i="1"/>
+  <c r="I46" i="1"/>
+  <c r="N46" i="1"/>
+  <c r="E47" i="1"/>
+  <c r="I47" i="1"/>
+  <c r="N47" i="1"/>
+  <c r="E48" i="1"/>
+  <c r="I48" i="1"/>
+  <c r="N48" i="1"/>
+  <c r="E49" i="1"/>
+  <c r="I49" i="1"/>
+  <c r="N49" i="1"/>
+  <c r="E50" i="1"/>
+  <c r="I50" i="1"/>
+  <c r="N50" i="1"/>
+  <c r="E51" i="1"/>
+  <c r="I51" i="1"/>
+  <c r="N51" i="1"/>
+  <c r="E52" i="1"/>
+  <c r="I52" i="1"/>
+  <c r="N52" i="1"/>
+  <c r="J79" i="1" l="1"/>
+  <c r="J210" i="1"/>
+  <c r="J241" i="1"/>
+  <c r="J220" i="1"/>
+  <c r="J184" i="1"/>
+  <c r="J228" i="1"/>
+  <c r="J212" i="1"/>
+  <c r="J57" i="1"/>
+  <c r="J226" i="1"/>
+  <c r="K226" i="1" s="1"/>
+  <c r="L226" i="1" s="1"/>
+  <c r="M226" i="1" s="1"/>
+  <c r="J218" i="1"/>
+  <c r="K218" i="1" s="1"/>
+  <c r="L218" i="1" s="1"/>
+  <c r="M218" i="1" s="1"/>
+  <c r="J91" i="1"/>
+  <c r="J70" i="1"/>
+  <c r="K70" i="1" s="1"/>
+  <c r="L70" i="1" s="1"/>
+  <c r="M70" i="1" s="1"/>
+  <c r="J85" i="1"/>
+  <c r="K85" i="1" s="1"/>
+  <c r="L85" i="1" s="1"/>
+  <c r="M85" i="1" s="1"/>
+  <c r="J55" i="1"/>
+  <c r="K55" i="1" s="1"/>
+  <c r="L55" i="1" s="1"/>
+  <c r="M55" i="1" s="1"/>
+  <c r="J103" i="1"/>
+  <c r="J92" i="1"/>
+  <c r="K92" i="1" s="1"/>
+  <c r="L92" i="1" s="1"/>
+  <c r="M92" i="1" s="1"/>
+  <c r="J48" i="1"/>
+  <c r="K48" i="1" s="1"/>
+  <c r="L48" i="1" s="1"/>
+  <c r="M48" i="1" s="1"/>
+  <c r="J47" i="1"/>
+  <c r="J44" i="1"/>
+  <c r="J43" i="1"/>
+  <c r="J20" i="1"/>
+  <c r="J19" i="1"/>
+  <c r="J16" i="1"/>
+  <c r="J15" i="1"/>
+  <c r="J12" i="1"/>
+  <c r="K12" i="1" s="1"/>
+  <c r="L12" i="1" s="1"/>
+  <c r="M12" i="1" s="1"/>
+  <c r="J281" i="1"/>
+  <c r="K281" i="1" s="1"/>
+  <c r="L281" i="1" s="1"/>
+  <c r="M281" i="1" s="1"/>
+  <c r="J273" i="1"/>
+  <c r="K273" i="1" s="1"/>
+  <c r="L273" i="1" s="1"/>
+  <c r="M273" i="1" s="1"/>
+  <c r="J257" i="1"/>
+  <c r="K257" i="1" s="1"/>
+  <c r="L257" i="1" s="1"/>
+  <c r="M257" i="1" s="1"/>
+  <c r="J253" i="1"/>
+  <c r="K253" i="1" s="1"/>
+  <c r="L253" i="1" s="1"/>
+  <c r="M253" i="1" s="1"/>
+  <c r="J249" i="1"/>
+  <c r="K249" i="1" s="1"/>
+  <c r="L249" i="1" s="1"/>
+  <c r="M249" i="1" s="1"/>
+  <c r="J180" i="1"/>
+  <c r="J172" i="1"/>
+  <c r="J145" i="1"/>
+  <c r="K145" i="1" s="1"/>
+  <c r="L145" i="1" s="1"/>
+  <c r="M145" i="1" s="1"/>
+  <c r="J144" i="1"/>
+  <c r="J128" i="1"/>
+  <c r="K128" i="1" s="1"/>
+  <c r="L128" i="1" s="1"/>
+  <c r="M128" i="1" s="1"/>
+  <c r="J49" i="1"/>
+  <c r="K49" i="1" s="1"/>
+  <c r="L49" i="1" s="1"/>
+  <c r="M49" i="1" s="1"/>
+  <c r="J21" i="1"/>
+  <c r="K21" i="1" s="1"/>
+  <c r="L21" i="1" s="1"/>
+  <c r="M21" i="1" s="1"/>
+  <c r="J17" i="1"/>
+  <c r="K17" i="1" s="1"/>
+  <c r="L17" i="1" s="1"/>
+  <c r="M17" i="1" s="1"/>
+  <c r="J13" i="1"/>
+  <c r="K13" i="1" s="1"/>
+  <c r="L13" i="1" s="1"/>
+  <c r="M13" i="1" s="1"/>
+  <c r="J283" i="1"/>
+  <c r="J275" i="1"/>
+  <c r="K275" i="1" s="1"/>
+  <c r="L275" i="1" s="1"/>
+  <c r="M275" i="1" s="1"/>
+  <c r="J267" i="1"/>
+  <c r="J256" i="1"/>
+  <c r="J255" i="1"/>
+  <c r="J248" i="1"/>
+  <c r="J247" i="1"/>
+  <c r="J200" i="1"/>
+  <c r="J182" i="1"/>
+  <c r="K182" i="1" s="1"/>
+  <c r="L182" i="1" s="1"/>
+  <c r="M182" i="1" s="1"/>
+  <c r="J178" i="1"/>
+  <c r="K178" i="1" s="1"/>
+  <c r="L178" i="1" s="1"/>
+  <c r="M178" i="1" s="1"/>
+  <c r="J170" i="1"/>
+  <c r="K170" i="1" s="1"/>
+  <c r="L170" i="1" s="1"/>
+  <c r="M170" i="1" s="1"/>
+  <c r="J166" i="1"/>
+  <c r="K166" i="1" s="1"/>
+  <c r="L166" i="1" s="1"/>
+  <c r="M166" i="1" s="1"/>
+  <c r="J146" i="1"/>
+  <c r="K146" i="1" s="1"/>
+  <c r="L146" i="1" s="1"/>
+  <c r="M146" i="1" s="1"/>
+  <c r="J139" i="1"/>
+  <c r="J131" i="1"/>
+  <c r="J129" i="1"/>
+  <c r="K129" i="1" s="1"/>
+  <c r="L129" i="1" s="1"/>
+  <c r="M129" i="1" s="1"/>
+  <c r="J87" i="1"/>
+  <c r="J83" i="1"/>
+  <c r="K83" i="1" s="1"/>
+  <c r="L83" i="1" s="1"/>
+  <c r="M83" i="1" s="1"/>
+  <c r="J62" i="1"/>
+  <c r="K62" i="1" s="1"/>
+  <c r="L62" i="1" s="1"/>
+  <c r="M62" i="1" s="1"/>
+  <c r="J38" i="1"/>
+  <c r="K38" i="1" s="1"/>
+  <c r="L38" i="1" s="1"/>
+  <c r="M38" i="1" s="1"/>
+  <c r="J26" i="1"/>
+  <c r="K26" i="1" s="1"/>
+  <c r="L26" i="1" s="1"/>
+  <c r="M26" i="1" s="1"/>
+  <c r="J22" i="1"/>
+  <c r="K22" i="1" s="1"/>
+  <c r="L22" i="1" s="1"/>
+  <c r="M22" i="1" s="1"/>
+  <c r="J258" i="1"/>
+  <c r="K258" i="1" s="1"/>
+  <c r="L258" i="1" s="1"/>
+  <c r="M258" i="1" s="1"/>
+  <c r="J242" i="1"/>
+  <c r="J237" i="1"/>
+  <c r="J233" i="1"/>
+  <c r="K233" i="1" s="1"/>
+  <c r="L233" i="1" s="1"/>
+  <c r="M233" i="1" s="1"/>
+  <c r="J217" i="1"/>
+  <c r="J214" i="1"/>
+  <c r="J196" i="1"/>
+  <c r="J192" i="1"/>
+  <c r="J171" i="1"/>
+  <c r="K171" i="1" s="1"/>
+  <c r="L171" i="1" s="1"/>
+  <c r="M171" i="1" s="1"/>
+  <c r="J155" i="1"/>
+  <c r="K155" i="1" s="1"/>
+  <c r="L155" i="1" s="1"/>
+  <c r="M155" i="1" s="1"/>
+  <c r="J147" i="1"/>
+  <c r="K147" i="1" s="1"/>
+  <c r="L147" i="1" s="1"/>
+  <c r="M147" i="1" s="1"/>
+  <c r="J136" i="1"/>
+  <c r="K136" i="1" s="1"/>
+  <c r="L136" i="1" s="1"/>
+  <c r="M136" i="1" s="1"/>
+  <c r="J123" i="1"/>
+  <c r="J122" i="1"/>
+  <c r="J119" i="1"/>
+  <c r="J114" i="1"/>
+  <c r="J107" i="1"/>
+  <c r="J106" i="1"/>
+  <c r="J98" i="1"/>
+  <c r="J88" i="1"/>
+  <c r="J41" i="1"/>
+  <c r="K41" i="1" s="1"/>
+  <c r="L41" i="1" s="1"/>
+  <c r="M41" i="1" s="1"/>
+  <c r="J29" i="1"/>
+  <c r="K29" i="1" s="1"/>
+  <c r="L29" i="1" s="1"/>
+  <c r="M29" i="1" s="1"/>
+  <c r="J272" i="1"/>
+  <c r="J261" i="1"/>
+  <c r="K261" i="1" s="1"/>
+  <c r="L261" i="1" s="1"/>
+  <c r="M261" i="1" s="1"/>
+  <c r="J239" i="1"/>
+  <c r="K239" i="1" s="1"/>
+  <c r="L239" i="1" s="1"/>
+  <c r="M239" i="1" s="1"/>
+  <c r="J231" i="1"/>
+  <c r="K231" i="1" s="1"/>
+  <c r="L231" i="1" s="1"/>
+  <c r="M231" i="1" s="1"/>
+  <c r="J198" i="1"/>
+  <c r="K198" i="1" s="1"/>
+  <c r="L198" i="1" s="1"/>
+  <c r="M198" i="1" s="1"/>
+  <c r="J194" i="1"/>
+  <c r="K194" i="1" s="1"/>
+  <c r="L194" i="1" s="1"/>
+  <c r="M194" i="1" s="1"/>
+  <c r="J162" i="1"/>
+  <c r="K162" i="1" s="1"/>
+  <c r="L162" i="1" s="1"/>
+  <c r="M162" i="1" s="1"/>
+  <c r="J158" i="1"/>
+  <c r="K158" i="1" s="1"/>
+  <c r="L158" i="1" s="1"/>
+  <c r="M158" i="1" s="1"/>
+  <c r="J137" i="1"/>
+  <c r="K137" i="1" s="1"/>
+  <c r="L137" i="1" s="1"/>
+  <c r="M137" i="1" s="1"/>
+  <c r="J116" i="1"/>
+  <c r="K116" i="1" s="1"/>
+  <c r="L116" i="1" s="1"/>
+  <c r="M116" i="1" s="1"/>
+  <c r="J112" i="1"/>
+  <c r="K112" i="1" s="1"/>
+  <c r="L112" i="1" s="1"/>
+  <c r="M112" i="1" s="1"/>
+  <c r="J104" i="1"/>
+  <c r="K104" i="1" s="1"/>
+  <c r="L104" i="1" s="1"/>
+  <c r="M104" i="1" s="1"/>
+  <c r="J100" i="1"/>
+  <c r="J96" i="1"/>
+  <c r="K96" i="1" s="1"/>
+  <c r="L96" i="1" s="1"/>
+  <c r="M96" i="1" s="1"/>
+  <c r="J82" i="1"/>
+  <c r="J77" i="1"/>
+  <c r="K77" i="1" s="1"/>
+  <c r="L77" i="1" s="1"/>
+  <c r="M77" i="1" s="1"/>
+  <c r="J73" i="1"/>
+  <c r="J61" i="1"/>
+  <c r="J58" i="1"/>
+  <c r="J66" i="1"/>
+  <c r="K66" i="1" s="1"/>
+  <c r="L66" i="1" s="1"/>
+  <c r="M66" i="1" s="1"/>
+  <c r="J51" i="1"/>
+  <c r="J46" i="1"/>
+  <c r="K46" i="1" s="1"/>
+  <c r="L46" i="1" s="1"/>
+  <c r="M46" i="1" s="1"/>
+  <c r="J42" i="1"/>
+  <c r="K42" i="1" s="1"/>
+  <c r="L42" i="1" s="1"/>
+  <c r="M42" i="1" s="1"/>
+  <c r="J37" i="1"/>
+  <c r="K37" i="1" s="1"/>
+  <c r="L37" i="1" s="1"/>
+  <c r="M37" i="1" s="1"/>
+  <c r="J33" i="1"/>
+  <c r="K33" i="1" s="1"/>
+  <c r="L33" i="1" s="1"/>
+  <c r="M33" i="1" s="1"/>
+  <c r="J284" i="1"/>
+  <c r="K284" i="1" s="1"/>
+  <c r="L284" i="1" s="1"/>
+  <c r="M284" i="1" s="1"/>
+  <c r="J280" i="1"/>
+  <c r="J276" i="1"/>
+  <c r="K276" i="1" s="1"/>
+  <c r="L276" i="1" s="1"/>
+  <c r="M276" i="1" s="1"/>
+  <c r="J270" i="1"/>
+  <c r="K270" i="1" s="1"/>
+  <c r="L270" i="1" s="1"/>
+  <c r="M270" i="1" s="1"/>
+  <c r="J245" i="1"/>
+  <c r="K245" i="1" s="1"/>
+  <c r="L245" i="1" s="1"/>
+  <c r="M245" i="1" s="1"/>
+  <c r="J244" i="1"/>
+  <c r="J234" i="1"/>
+  <c r="K234" i="1" s="1"/>
+  <c r="L234" i="1" s="1"/>
+  <c r="M234" i="1" s="1"/>
+  <c r="J230" i="1"/>
+  <c r="K230" i="1" s="1"/>
+  <c r="L230" i="1" s="1"/>
+  <c r="M230" i="1" s="1"/>
+  <c r="J225" i="1"/>
+  <c r="K225" i="1" s="1"/>
+  <c r="L225" i="1" s="1"/>
+  <c r="M225" i="1" s="1"/>
+  <c r="J221" i="1"/>
+  <c r="J215" i="1"/>
+  <c r="K215" i="1" s="1"/>
+  <c r="L215" i="1" s="1"/>
+  <c r="M215" i="1" s="1"/>
+  <c r="J209" i="1"/>
+  <c r="J208" i="1"/>
+  <c r="K208" i="1" s="1"/>
+  <c r="L208" i="1" s="1"/>
+  <c r="M208" i="1" s="1"/>
+  <c r="J204" i="1"/>
+  <c r="J190" i="1"/>
+  <c r="K190" i="1" s="1"/>
+  <c r="L190" i="1" s="1"/>
+  <c r="M190" i="1" s="1"/>
+  <c r="J186" i="1"/>
+  <c r="K186" i="1" s="1"/>
+  <c r="L186" i="1" s="1"/>
+  <c r="M186" i="1" s="1"/>
+  <c r="J174" i="1"/>
+  <c r="K174" i="1" s="1"/>
+  <c r="L174" i="1" s="1"/>
+  <c r="M174" i="1" s="1"/>
+  <c r="J163" i="1"/>
+  <c r="K163" i="1" s="1"/>
+  <c r="L163" i="1" s="1"/>
+  <c r="M163" i="1" s="1"/>
+  <c r="J154" i="1"/>
+  <c r="K154" i="1" s="1"/>
+  <c r="L154" i="1" s="1"/>
+  <c r="M154" i="1" s="1"/>
+  <c r="J150" i="1"/>
+  <c r="K150" i="1" s="1"/>
+  <c r="L150" i="1" s="1"/>
+  <c r="M150" i="1" s="1"/>
+  <c r="J142" i="1"/>
+  <c r="K142" i="1" s="1"/>
+  <c r="L142" i="1" s="1"/>
+  <c r="M142" i="1" s="1"/>
+  <c r="J132" i="1"/>
+  <c r="K132" i="1" s="1"/>
+  <c r="L132" i="1" s="1"/>
+  <c r="M132" i="1" s="1"/>
+  <c r="J127" i="1"/>
+  <c r="J125" i="1"/>
+  <c r="K125" i="1" s="1"/>
+  <c r="L125" i="1" s="1"/>
+  <c r="M125" i="1" s="1"/>
+  <c r="J115" i="1"/>
+  <c r="K115" i="1" s="1"/>
+  <c r="L115" i="1" s="1"/>
+  <c r="M115" i="1" s="1"/>
+  <c r="J111" i="1"/>
+  <c r="J108" i="1"/>
+  <c r="K108" i="1" s="1"/>
+  <c r="L108" i="1" s="1"/>
+  <c r="M108" i="1" s="1"/>
+  <c r="J101" i="1"/>
+  <c r="K101" i="1" s="1"/>
+  <c r="L101" i="1" s="1"/>
+  <c r="M101" i="1" s="1"/>
+  <c r="J84" i="1"/>
+  <c r="K84" i="1" s="1"/>
+  <c r="L84" i="1" s="1"/>
+  <c r="M84" i="1" s="1"/>
+  <c r="J68" i="1"/>
+  <c r="J40" i="1"/>
+  <c r="J31" i="1"/>
+  <c r="J27" i="1"/>
+  <c r="K27" i="1" s="1"/>
+  <c r="L27" i="1" s="1"/>
+  <c r="M27" i="1" s="1"/>
+  <c r="J278" i="1"/>
+  <c r="K278" i="1" s="1"/>
+  <c r="L278" i="1" s="1"/>
+  <c r="M278" i="1" s="1"/>
+  <c r="J269" i="1"/>
+  <c r="K269" i="1" s="1"/>
+  <c r="L269" i="1" s="1"/>
+  <c r="M269" i="1" s="1"/>
+  <c r="J265" i="1"/>
+  <c r="K265" i="1" s="1"/>
+  <c r="L265" i="1" s="1"/>
+  <c r="M265" i="1" s="1"/>
+  <c r="J264" i="1"/>
+  <c r="K264" i="1" s="1"/>
+  <c r="L264" i="1" s="1"/>
+  <c r="M264" i="1" s="1"/>
+  <c r="J263" i="1"/>
+  <c r="J250" i="1"/>
+  <c r="K250" i="1" s="1"/>
+  <c r="L250" i="1" s="1"/>
+  <c r="M250" i="1" s="1"/>
+  <c r="K242" i="1"/>
+  <c r="L242" i="1" s="1"/>
+  <c r="M242" i="1" s="1"/>
+  <c r="J236" i="1"/>
+  <c r="J223" i="1"/>
+  <c r="K223" i="1" s="1"/>
+  <c r="L223" i="1" s="1"/>
+  <c r="M223" i="1" s="1"/>
+  <c r="K214" i="1"/>
+  <c r="L214" i="1" s="1"/>
+  <c r="M214" i="1" s="1"/>
+  <c r="J206" i="1"/>
+  <c r="K206" i="1" s="1"/>
+  <c r="L206" i="1" s="1"/>
+  <c r="M206" i="1" s="1"/>
+  <c r="J202" i="1"/>
+  <c r="K202" i="1" s="1"/>
+  <c r="L202" i="1" s="1"/>
+  <c r="M202" i="1" s="1"/>
+  <c r="J188" i="1"/>
+  <c r="J179" i="1"/>
+  <c r="K179" i="1" s="1"/>
+  <c r="L179" i="1" s="1"/>
+  <c r="M179" i="1" s="1"/>
+  <c r="J161" i="1"/>
+  <c r="J160" i="1"/>
+  <c r="K160" i="1" s="1"/>
+  <c r="L160" i="1" s="1"/>
+  <c r="M160" i="1" s="1"/>
+  <c r="J153" i="1"/>
+  <c r="J152" i="1"/>
+  <c r="J140" i="1"/>
+  <c r="K140" i="1" s="1"/>
+  <c r="L140" i="1" s="1"/>
+  <c r="M140" i="1" s="1"/>
+  <c r="J135" i="1"/>
+  <c r="K135" i="1" s="1"/>
+  <c r="L135" i="1" s="1"/>
+  <c r="M135" i="1" s="1"/>
+  <c r="J133" i="1"/>
+  <c r="K133" i="1" s="1"/>
+  <c r="L133" i="1" s="1"/>
+  <c r="M133" i="1" s="1"/>
+  <c r="J124" i="1"/>
+  <c r="K124" i="1" s="1"/>
+  <c r="L124" i="1" s="1"/>
+  <c r="M124" i="1" s="1"/>
+  <c r="J120" i="1"/>
+  <c r="K120" i="1" s="1"/>
+  <c r="L120" i="1" s="1"/>
+  <c r="M120" i="1" s="1"/>
+  <c r="J117" i="1"/>
+  <c r="K117" i="1" s="1"/>
+  <c r="L117" i="1" s="1"/>
+  <c r="M117" i="1" s="1"/>
+  <c r="J109" i="1"/>
+  <c r="K109" i="1" s="1"/>
+  <c r="L109" i="1" s="1"/>
+  <c r="M109" i="1" s="1"/>
+  <c r="J99" i="1"/>
+  <c r="K99" i="1" s="1"/>
+  <c r="L99" i="1" s="1"/>
+  <c r="M99" i="1" s="1"/>
+  <c r="J95" i="1"/>
+  <c r="K88" i="1"/>
+  <c r="L88" i="1" s="1"/>
+  <c r="M88" i="1" s="1"/>
+  <c r="J69" i="1"/>
+  <c r="J65" i="1"/>
+  <c r="K65" i="1" s="1"/>
+  <c r="L65" i="1" s="1"/>
+  <c r="M65" i="1" s="1"/>
+  <c r="J53" i="1"/>
+  <c r="K53" i="1" s="1"/>
+  <c r="L53" i="1" s="1"/>
+  <c r="M53" i="1" s="1"/>
+  <c r="J39" i="1"/>
+  <c r="J34" i="1"/>
+  <c r="K34" i="1" s="1"/>
+  <c r="L34" i="1" s="1"/>
+  <c r="M34" i="1" s="1"/>
+  <c r="J52" i="1"/>
+  <c r="K43" i="1"/>
+  <c r="L43" i="1" s="1"/>
+  <c r="M43" i="1" s="1"/>
+  <c r="J32" i="1"/>
+  <c r="K32" i="1" s="1"/>
+  <c r="L32" i="1" s="1"/>
+  <c r="M32" i="1" s="1"/>
+  <c r="J268" i="1"/>
+  <c r="K268" i="1" s="1"/>
+  <c r="L268" i="1" s="1"/>
+  <c r="M268" i="1" s="1"/>
+  <c r="J28" i="1"/>
+  <c r="J238" i="1"/>
+  <c r="K238" i="1" s="1"/>
+  <c r="L238" i="1" s="1"/>
+  <c r="M238" i="1" s="1"/>
+  <c r="K221" i="1"/>
+  <c r="L221" i="1" s="1"/>
+  <c r="M221" i="1" s="1"/>
+  <c r="J229" i="1"/>
+  <c r="K229" i="1" s="1"/>
+  <c r="L229" i="1" s="1"/>
+  <c r="M229" i="1" s="1"/>
+  <c r="K51" i="1"/>
+  <c r="L51" i="1" s="1"/>
+  <c r="M51" i="1" s="1"/>
+  <c r="J50" i="1"/>
+  <c r="K50" i="1" s="1"/>
+  <c r="L50" i="1" s="1"/>
+  <c r="M50" i="1" s="1"/>
+  <c r="J45" i="1"/>
+  <c r="K45" i="1" s="1"/>
+  <c r="L45" i="1" s="1"/>
+  <c r="M45" i="1" s="1"/>
+  <c r="J36" i="1"/>
+  <c r="J35" i="1"/>
+  <c r="K35" i="1" s="1"/>
+  <c r="L35" i="1" s="1"/>
+  <c r="M35" i="1" s="1"/>
+  <c r="J30" i="1"/>
+  <c r="K30" i="1" s="1"/>
+  <c r="L30" i="1" s="1"/>
+  <c r="M30" i="1" s="1"/>
+  <c r="J25" i="1"/>
+  <c r="K25" i="1" s="1"/>
+  <c r="L25" i="1" s="1"/>
+  <c r="M25" i="1" s="1"/>
+  <c r="J277" i="1"/>
+  <c r="K277" i="1" s="1"/>
+  <c r="L277" i="1" s="1"/>
+  <c r="M277" i="1" s="1"/>
+  <c r="K237" i="1"/>
+  <c r="L237" i="1" s="1"/>
+  <c r="M237" i="1" s="1"/>
+  <c r="J222" i="1"/>
+  <c r="K222" i="1" s="1"/>
+  <c r="L222" i="1" s="1"/>
+  <c r="M222" i="1" s="1"/>
+  <c r="K210" i="1"/>
+  <c r="L210" i="1" s="1"/>
+  <c r="M210" i="1" s="1"/>
+  <c r="K100" i="1"/>
+  <c r="L100" i="1" s="1"/>
+  <c r="M100" i="1" s="1"/>
+  <c r="J24" i="1"/>
+  <c r="K24" i="1" s="1"/>
+  <c r="L24" i="1" s="1"/>
+  <c r="M24" i="1" s="1"/>
+  <c r="J23" i="1"/>
+  <c r="K19" i="1"/>
+  <c r="L19" i="1" s="1"/>
+  <c r="M19" i="1" s="1"/>
+  <c r="J18" i="1"/>
+  <c r="K18" i="1" s="1"/>
+  <c r="L18" i="1" s="1"/>
+  <c r="M18" i="1" s="1"/>
+  <c r="K283" i="1"/>
+  <c r="L283" i="1" s="1"/>
+  <c r="M283" i="1" s="1"/>
+  <c r="J282" i="1"/>
+  <c r="K282" i="1" s="1"/>
+  <c r="L282" i="1" s="1"/>
+  <c r="M282" i="1" s="1"/>
+  <c r="J274" i="1"/>
+  <c r="K274" i="1" s="1"/>
+  <c r="L274" i="1" s="1"/>
+  <c r="M274" i="1" s="1"/>
   <c r="K272" i="1"/>
-  <c r="K11" i="1"/>
-[...493 lines deleted...]
-  <c r="L272" i="1" l="1"/>
+  <c r="L272" i="1" s="1"/>
   <c r="M272" i="1" s="1"/>
-  <c r="N272" i="1" s="1"/>
-[...6 lines deleted...]
-  <c r="E271" i="1"/>
+  <c r="J271" i="1"/>
+  <c r="K271" i="1" s="1"/>
   <c r="L271" i="1" s="1"/>
   <c r="M271" i="1" s="1"/>
-  <c r="N271" i="1" s="1"/>
-[...2 lines deleted...]
-  <c r="E82" i="1" l="1"/>
+  <c r="J262" i="1"/>
+  <c r="K262" i="1" s="1"/>
+  <c r="L262" i="1" s="1"/>
+  <c r="M262" i="1" s="1"/>
+  <c r="J252" i="1"/>
+  <c r="K252" i="1" s="1"/>
+  <c r="L252" i="1" s="1"/>
+  <c r="M252" i="1" s="1"/>
+  <c r="J251" i="1"/>
+  <c r="K251" i="1" s="1"/>
+  <c r="L251" i="1" s="1"/>
+  <c r="M251" i="1" s="1"/>
+  <c r="J246" i="1"/>
+  <c r="K246" i="1" s="1"/>
+  <c r="L246" i="1" s="1"/>
+  <c r="M246" i="1" s="1"/>
+  <c r="J235" i="1"/>
+  <c r="K235" i="1" s="1"/>
+  <c r="L235" i="1" s="1"/>
+  <c r="M235" i="1" s="1"/>
+  <c r="J232" i="1"/>
+  <c r="K232" i="1" s="1"/>
+  <c r="L232" i="1" s="1"/>
+  <c r="M232" i="1" s="1"/>
+  <c r="J219" i="1"/>
+  <c r="K219" i="1" s="1"/>
+  <c r="L219" i="1" s="1"/>
+  <c r="M219" i="1" s="1"/>
+  <c r="K217" i="1"/>
+  <c r="L217" i="1" s="1"/>
+  <c r="M217" i="1" s="1"/>
+  <c r="J216" i="1"/>
+  <c r="K216" i="1" s="1"/>
+  <c r="L216" i="1" s="1"/>
+  <c r="M216" i="1" s="1"/>
+  <c r="J205" i="1"/>
+  <c r="K205" i="1" s="1"/>
+  <c r="L205" i="1" s="1"/>
+  <c r="M205" i="1" s="1"/>
+  <c r="J203" i="1"/>
+  <c r="J197" i="1"/>
+  <c r="K197" i="1" s="1"/>
+  <c r="L197" i="1" s="1"/>
+  <c r="M197" i="1" s="1"/>
+  <c r="J195" i="1"/>
+  <c r="J189" i="1"/>
+  <c r="K189" i="1" s="1"/>
+  <c r="L189" i="1" s="1"/>
+  <c r="M189" i="1" s="1"/>
+  <c r="J187" i="1"/>
+  <c r="J181" i="1"/>
+  <c r="K181" i="1" s="1"/>
+  <c r="L181" i="1" s="1"/>
+  <c r="M181" i="1" s="1"/>
+  <c r="K180" i="1"/>
+  <c r="L180" i="1" s="1"/>
+  <c r="M180" i="1" s="1"/>
+  <c r="J176" i="1"/>
+  <c r="K176" i="1" s="1"/>
+  <c r="L176" i="1" s="1"/>
+  <c r="M176" i="1" s="1"/>
+  <c r="J175" i="1"/>
+  <c r="K175" i="1" s="1"/>
+  <c r="L175" i="1" s="1"/>
+  <c r="M175" i="1" s="1"/>
+  <c r="J165" i="1"/>
+  <c r="J164" i="1"/>
+  <c r="J159" i="1"/>
+  <c r="K159" i="1" s="1"/>
+  <c r="L159" i="1" s="1"/>
+  <c r="M159" i="1" s="1"/>
+  <c r="J149" i="1"/>
+  <c r="J148" i="1"/>
+  <c r="J143" i="1"/>
+  <c r="K143" i="1" s="1"/>
+  <c r="L143" i="1" s="1"/>
+  <c r="M143" i="1" s="1"/>
+  <c r="K114" i="1"/>
+  <c r="L114" i="1" s="1"/>
+  <c r="M114" i="1" s="1"/>
+  <c r="J113" i="1"/>
+  <c r="K113" i="1" s="1"/>
+  <c r="L113" i="1" s="1"/>
+  <c r="M113" i="1" s="1"/>
+  <c r="K111" i="1"/>
+  <c r="L111" i="1" s="1"/>
+  <c r="M111" i="1" s="1"/>
+  <c r="J110" i="1"/>
+  <c r="K98" i="1"/>
+  <c r="L98" i="1" s="1"/>
+  <c r="M98" i="1" s="1"/>
+  <c r="J97" i="1"/>
+  <c r="K97" i="1" s="1"/>
+  <c r="L97" i="1" s="1"/>
+  <c r="M97" i="1" s="1"/>
+  <c r="K95" i="1"/>
+  <c r="L95" i="1" s="1"/>
+  <c r="M95" i="1" s="1"/>
+  <c r="J94" i="1"/>
+  <c r="K82" i="1"/>
   <c r="L82" i="1" s="1"/>
   <c r="M82" i="1" s="1"/>
-  <c r="N82" i="1" s="1"/>
-[...17 lines deleted...]
-  <c r="E75" i="1"/>
+  <c r="J81" i="1"/>
+  <c r="K81" i="1" s="1"/>
+  <c r="L81" i="1" s="1"/>
+  <c r="M81" i="1" s="1"/>
+  <c r="J76" i="1"/>
+  <c r="K76" i="1" s="1"/>
+  <c r="L76" i="1" s="1"/>
+  <c r="M76" i="1" s="1"/>
+  <c r="K73" i="1"/>
+  <c r="L73" i="1" s="1"/>
+  <c r="M73" i="1" s="1"/>
+  <c r="J72" i="1"/>
+  <c r="K72" i="1" s="1"/>
+  <c r="L72" i="1" s="1"/>
+  <c r="M72" i="1" s="1"/>
+  <c r="K68" i="1"/>
+  <c r="L68" i="1" s="1"/>
+  <c r="M68" i="1" s="1"/>
+  <c r="J67" i="1"/>
+  <c r="K67" i="1" s="1"/>
+  <c r="L67" i="1" s="1"/>
+  <c r="M67" i="1" s="1"/>
+  <c r="J64" i="1"/>
+  <c r="K58" i="1"/>
+  <c r="L58" i="1" s="1"/>
+  <c r="M58" i="1" s="1"/>
+  <c r="J54" i="1"/>
+  <c r="K54" i="1" s="1"/>
+  <c r="L54" i="1" s="1"/>
+  <c r="M54" i="1" s="1"/>
+  <c r="K69" i="1"/>
+  <c r="L69" i="1" s="1"/>
+  <c r="M69" i="1" s="1"/>
+  <c r="K15" i="1"/>
+  <c r="L15" i="1" s="1"/>
+  <c r="M15" i="1" s="1"/>
+  <c r="J14" i="1"/>
+  <c r="K14" i="1" s="1"/>
+  <c r="L14" i="1" s="1"/>
+  <c r="M14" i="1" s="1"/>
+  <c r="J285" i="1"/>
+  <c r="K285" i="1" s="1"/>
+  <c r="L285" i="1" s="1"/>
+  <c r="M285" i="1" s="1"/>
+  <c r="K280" i="1"/>
+  <c r="L280" i="1" s="1"/>
+  <c r="M280" i="1" s="1"/>
+  <c r="J279" i="1"/>
+  <c r="K279" i="1" s="1"/>
+  <c r="L279" i="1" s="1"/>
+  <c r="M279" i="1" s="1"/>
+  <c r="J266" i="1"/>
+  <c r="K266" i="1" s="1"/>
+  <c r="L266" i="1" s="1"/>
+  <c r="M266" i="1" s="1"/>
+  <c r="J260" i="1"/>
+  <c r="K260" i="1" s="1"/>
+  <c r="L260" i="1" s="1"/>
+  <c r="M260" i="1" s="1"/>
+  <c r="J259" i="1"/>
+  <c r="K259" i="1" s="1"/>
+  <c r="L259" i="1" s="1"/>
+  <c r="M259" i="1" s="1"/>
+  <c r="J254" i="1"/>
+  <c r="K254" i="1" s="1"/>
+  <c r="L254" i="1" s="1"/>
+  <c r="M254" i="1" s="1"/>
+  <c r="J243" i="1"/>
+  <c r="K243" i="1" s="1"/>
+  <c r="L243" i="1" s="1"/>
+  <c r="M243" i="1" s="1"/>
+  <c r="K241" i="1"/>
+  <c r="L241" i="1" s="1"/>
+  <c r="M241" i="1" s="1"/>
+  <c r="J240" i="1"/>
+  <c r="K240" i="1" s="1"/>
+  <c r="L240" i="1" s="1"/>
+  <c r="M240" i="1" s="1"/>
+  <c r="J227" i="1"/>
+  <c r="K227" i="1" s="1"/>
+  <c r="L227" i="1" s="1"/>
+  <c r="M227" i="1" s="1"/>
+  <c r="J224" i="1"/>
+  <c r="K224" i="1" s="1"/>
+  <c r="L224" i="1" s="1"/>
+  <c r="M224" i="1" s="1"/>
+  <c r="J213" i="1"/>
+  <c r="K213" i="1" s="1"/>
+  <c r="L213" i="1" s="1"/>
+  <c r="M213" i="1" s="1"/>
+  <c r="J201" i="1"/>
+  <c r="K201" i="1" s="1"/>
+  <c r="L201" i="1" s="1"/>
+  <c r="M201" i="1" s="1"/>
+  <c r="J199" i="1"/>
+  <c r="K199" i="1" s="1"/>
+  <c r="L199" i="1" s="1"/>
+  <c r="M199" i="1" s="1"/>
+  <c r="J193" i="1"/>
+  <c r="K193" i="1" s="1"/>
+  <c r="L193" i="1" s="1"/>
+  <c r="M193" i="1" s="1"/>
+  <c r="J191" i="1"/>
+  <c r="K191" i="1" s="1"/>
+  <c r="L191" i="1" s="1"/>
+  <c r="M191" i="1" s="1"/>
+  <c r="J185" i="1"/>
+  <c r="K185" i="1" s="1"/>
+  <c r="L185" i="1" s="1"/>
+  <c r="M185" i="1" s="1"/>
+  <c r="J183" i="1"/>
+  <c r="K183" i="1" s="1"/>
+  <c r="L183" i="1" s="1"/>
+  <c r="M183" i="1" s="1"/>
+  <c r="K172" i="1"/>
+  <c r="L172" i="1" s="1"/>
+  <c r="M172" i="1" s="1"/>
+  <c r="J168" i="1"/>
+  <c r="K168" i="1" s="1"/>
+  <c r="L168" i="1" s="1"/>
+  <c r="M168" i="1" s="1"/>
+  <c r="J167" i="1"/>
+  <c r="K167" i="1" s="1"/>
+  <c r="L167" i="1" s="1"/>
+  <c r="M167" i="1" s="1"/>
+  <c r="J157" i="1"/>
+  <c r="K157" i="1" s="1"/>
+  <c r="L157" i="1" s="1"/>
+  <c r="M157" i="1" s="1"/>
+  <c r="J156" i="1"/>
+  <c r="K156" i="1" s="1"/>
+  <c r="L156" i="1" s="1"/>
+  <c r="M156" i="1" s="1"/>
+  <c r="K152" i="1"/>
+  <c r="L152" i="1" s="1"/>
+  <c r="M152" i="1" s="1"/>
+  <c r="J151" i="1"/>
+  <c r="K151" i="1" s="1"/>
+  <c r="L151" i="1" s="1"/>
+  <c r="M151" i="1" s="1"/>
+  <c r="J141" i="1"/>
+  <c r="K141" i="1" s="1"/>
+  <c r="L141" i="1" s="1"/>
+  <c r="M141" i="1" s="1"/>
+  <c r="K122" i="1"/>
+  <c r="L122" i="1" s="1"/>
+  <c r="M122" i="1" s="1"/>
+  <c r="J121" i="1"/>
+  <c r="K121" i="1" s="1"/>
+  <c r="L121" i="1" s="1"/>
+  <c r="M121" i="1" s="1"/>
+  <c r="K119" i="1"/>
+  <c r="L119" i="1" s="1"/>
+  <c r="M119" i="1" s="1"/>
+  <c r="J118" i="1"/>
+  <c r="K118" i="1" s="1"/>
+  <c r="L118" i="1" s="1"/>
+  <c r="M118" i="1" s="1"/>
+  <c r="K106" i="1"/>
+  <c r="L106" i="1" s="1"/>
+  <c r="M106" i="1" s="1"/>
+  <c r="J105" i="1"/>
+  <c r="K105" i="1" s="1"/>
+  <c r="L105" i="1" s="1"/>
+  <c r="M105" i="1" s="1"/>
+  <c r="K103" i="1"/>
+  <c r="L103" i="1" s="1"/>
+  <c r="M103" i="1" s="1"/>
+  <c r="J102" i="1"/>
+  <c r="K102" i="1" s="1"/>
+  <c r="L102" i="1" s="1"/>
+  <c r="M102" i="1" s="1"/>
+  <c r="J89" i="1"/>
+  <c r="K89" i="1" s="1"/>
+  <c r="L89" i="1" s="1"/>
+  <c r="M89" i="1" s="1"/>
+  <c r="K87" i="1"/>
+  <c r="L87" i="1" s="1"/>
+  <c r="M87" i="1" s="1"/>
+  <c r="J86" i="1"/>
+  <c r="K86" i="1" s="1"/>
+  <c r="L86" i="1" s="1"/>
+  <c r="M86" i="1" s="1"/>
+  <c r="K79" i="1"/>
+  <c r="L79" i="1" s="1"/>
+  <c r="M79" i="1" s="1"/>
+  <c r="J78" i="1"/>
+  <c r="K78" i="1" s="1"/>
+  <c r="L78" i="1" s="1"/>
+  <c r="M78" i="1" s="1"/>
+  <c r="J74" i="1"/>
+  <c r="K74" i="1" s="1"/>
+  <c r="L74" i="1" s="1"/>
+  <c r="M74" i="1" s="1"/>
+  <c r="J59" i="1"/>
+  <c r="K59" i="1" s="1"/>
+  <c r="L59" i="1" s="1"/>
+  <c r="M59" i="1" s="1"/>
+  <c r="K57" i="1"/>
+  <c r="L57" i="1" s="1"/>
+  <c r="M57" i="1" s="1"/>
+  <c r="J56" i="1"/>
+  <c r="K56" i="1" s="1"/>
+  <c r="L56" i="1" s="1"/>
+  <c r="M56" i="1" s="1"/>
+  <c r="K203" i="1"/>
+  <c r="L203" i="1" s="1"/>
+  <c r="M203" i="1" s="1"/>
+  <c r="K195" i="1"/>
+  <c r="L195" i="1" s="1"/>
+  <c r="M195" i="1" s="1"/>
+  <c r="K187" i="1"/>
+  <c r="L187" i="1" s="1"/>
+  <c r="M187" i="1" s="1"/>
+  <c r="K123" i="1"/>
+  <c r="L123" i="1" s="1"/>
+  <c r="M123" i="1" s="1"/>
+  <c r="K107" i="1"/>
+  <c r="L107" i="1" s="1"/>
+  <c r="M107" i="1" s="1"/>
+  <c r="J93" i="1"/>
+  <c r="K93" i="1" s="1"/>
+  <c r="L93" i="1" s="1"/>
+  <c r="M93" i="1" s="1"/>
+  <c r="K91" i="1"/>
+  <c r="L91" i="1" s="1"/>
+  <c r="M91" i="1" s="1"/>
+  <c r="J90" i="1"/>
+  <c r="K90" i="1" s="1"/>
+  <c r="L90" i="1" s="1"/>
+  <c r="M90" i="1" s="1"/>
+  <c r="J75" i="1"/>
+  <c r="K75" i="1" s="1"/>
   <c r="L75" i="1" s="1"/>
   <c r="M75" i="1" s="1"/>
-  <c r="N75" i="1" s="1"/>
-[...6 lines deleted...]
-  <c r="E23" i="1"/>
+  <c r="J71" i="1"/>
+  <c r="K71" i="1" s="1"/>
+  <c r="L71" i="1" s="1"/>
+  <c r="M71" i="1" s="1"/>
+  <c r="J63" i="1"/>
+  <c r="K63" i="1" s="1"/>
+  <c r="L63" i="1" s="1"/>
+  <c r="M63" i="1" s="1"/>
+  <c r="K61" i="1"/>
+  <c r="L61" i="1" s="1"/>
+  <c r="M61" i="1" s="1"/>
+  <c r="J60" i="1"/>
+  <c r="K60" i="1" s="1"/>
+  <c r="L60" i="1" s="1"/>
+  <c r="M60" i="1" s="1"/>
+  <c r="K263" i="1"/>
+  <c r="L263" i="1" s="1"/>
+  <c r="M263" i="1" s="1"/>
+  <c r="K247" i="1"/>
+  <c r="L247" i="1" s="1"/>
+  <c r="M247" i="1" s="1"/>
+  <c r="K236" i="1"/>
+  <c r="L236" i="1" s="1"/>
+  <c r="M236" i="1" s="1"/>
+  <c r="K220" i="1"/>
+  <c r="L220" i="1" s="1"/>
+  <c r="M220" i="1" s="1"/>
+  <c r="K267" i="1"/>
+  <c r="L267" i="1" s="1"/>
+  <c r="M267" i="1" s="1"/>
+  <c r="K255" i="1"/>
+  <c r="L255" i="1" s="1"/>
+  <c r="M255" i="1" s="1"/>
+  <c r="K244" i="1"/>
+  <c r="L244" i="1" s="1"/>
+  <c r="M244" i="1" s="1"/>
+  <c r="K228" i="1"/>
+  <c r="L228" i="1" s="1"/>
+  <c r="M228" i="1" s="1"/>
+  <c r="K144" i="1"/>
+  <c r="L144" i="1" s="1"/>
+  <c r="M144" i="1" s="1"/>
+  <c r="J211" i="1"/>
+  <c r="K211" i="1" s="1"/>
+  <c r="L211" i="1" s="1"/>
+  <c r="M211" i="1" s="1"/>
+  <c r="J207" i="1"/>
+  <c r="K207" i="1" s="1"/>
+  <c r="L207" i="1" s="1"/>
+  <c r="M207" i="1" s="1"/>
+  <c r="J177" i="1"/>
+  <c r="K177" i="1" s="1"/>
+  <c r="L177" i="1" s="1"/>
+  <c r="M177" i="1" s="1"/>
+  <c r="J173" i="1"/>
+  <c r="K173" i="1" s="1"/>
+  <c r="L173" i="1" s="1"/>
+  <c r="M173" i="1" s="1"/>
+  <c r="J169" i="1"/>
+  <c r="K169" i="1" s="1"/>
+  <c r="L169" i="1" s="1"/>
+  <c r="M169" i="1" s="1"/>
+  <c r="K256" i="1"/>
+  <c r="L256" i="1" s="1"/>
+  <c r="M256" i="1" s="1"/>
+  <c r="K248" i="1"/>
+  <c r="L248" i="1" s="1"/>
+  <c r="M248" i="1" s="1"/>
+  <c r="K212" i="1"/>
+  <c r="L212" i="1" s="1"/>
+  <c r="M212" i="1" s="1"/>
+  <c r="K209" i="1"/>
+  <c r="L209" i="1" s="1"/>
+  <c r="M209" i="1" s="1"/>
+  <c r="K204" i="1"/>
+  <c r="L204" i="1" s="1"/>
+  <c r="M204" i="1" s="1"/>
+  <c r="K200" i="1"/>
+  <c r="L200" i="1" s="1"/>
+  <c r="M200" i="1" s="1"/>
+  <c r="K196" i="1"/>
+  <c r="L196" i="1" s="1"/>
+  <c r="M196" i="1" s="1"/>
+  <c r="K192" i="1"/>
+  <c r="L192" i="1" s="1"/>
+  <c r="M192" i="1" s="1"/>
+  <c r="K188" i="1"/>
+  <c r="L188" i="1" s="1"/>
+  <c r="M188" i="1" s="1"/>
+  <c r="K184" i="1"/>
+  <c r="L184" i="1" s="1"/>
+  <c r="M184" i="1" s="1"/>
+  <c r="K164" i="1"/>
+  <c r="L164" i="1" s="1"/>
+  <c r="M164" i="1" s="1"/>
+  <c r="K148" i="1"/>
+  <c r="L148" i="1" s="1"/>
+  <c r="M148" i="1" s="1"/>
+  <c r="K165" i="1"/>
+  <c r="L165" i="1" s="1"/>
+  <c r="M165" i="1" s="1"/>
+  <c r="K161" i="1"/>
+  <c r="L161" i="1" s="1"/>
+  <c r="M161" i="1" s="1"/>
+  <c r="K153" i="1"/>
+  <c r="L153" i="1" s="1"/>
+  <c r="M153" i="1" s="1"/>
+  <c r="K149" i="1"/>
+  <c r="L149" i="1" s="1"/>
+  <c r="M149" i="1" s="1"/>
+  <c r="K139" i="1"/>
+  <c r="L139" i="1" s="1"/>
+  <c r="M139" i="1" s="1"/>
+  <c r="K131" i="1"/>
+  <c r="L131" i="1" s="1"/>
+  <c r="M131" i="1" s="1"/>
+  <c r="K127" i="1"/>
+  <c r="L127" i="1" s="1"/>
+  <c r="M127" i="1" s="1"/>
+  <c r="J138" i="1"/>
+  <c r="K138" i="1" s="1"/>
+  <c r="L138" i="1" s="1"/>
+  <c r="M138" i="1" s="1"/>
+  <c r="J134" i="1"/>
+  <c r="K134" i="1" s="1"/>
+  <c r="L134" i="1" s="1"/>
+  <c r="M134" i="1" s="1"/>
+  <c r="J130" i="1"/>
+  <c r="K130" i="1" s="1"/>
+  <c r="L130" i="1" s="1"/>
+  <c r="M130" i="1" s="1"/>
+  <c r="J126" i="1"/>
+  <c r="K126" i="1" s="1"/>
+  <c r="L126" i="1" s="1"/>
+  <c r="M126" i="1" s="1"/>
+  <c r="K110" i="1"/>
+  <c r="L110" i="1" s="1"/>
+  <c r="M110" i="1" s="1"/>
+  <c r="K94" i="1"/>
+  <c r="L94" i="1" s="1"/>
+  <c r="M94" i="1" s="1"/>
+  <c r="K64" i="1"/>
+  <c r="L64" i="1" s="1"/>
+  <c r="M64" i="1" s="1"/>
+  <c r="K47" i="1"/>
+  <c r="L47" i="1" s="1"/>
+  <c r="M47" i="1" s="1"/>
+  <c r="K31" i="1"/>
+  <c r="L31" i="1" s="1"/>
+  <c r="M31" i="1" s="1"/>
+  <c r="K39" i="1"/>
+  <c r="L39" i="1" s="1"/>
+  <c r="M39" i="1" s="1"/>
+  <c r="K23" i="1"/>
   <c r="L23" i="1" s="1"/>
   <c r="M23" i="1" s="1"/>
-  <c r="N23" i="1" s="1"/>
-[...56 lines deleted...]
-  <c r="E16" i="1"/>
+  <c r="K52" i="1"/>
+  <c r="L52" i="1" s="1"/>
+  <c r="M52" i="1" s="1"/>
+  <c r="K44" i="1"/>
+  <c r="L44" i="1" s="1"/>
+  <c r="M44" i="1" s="1"/>
+  <c r="K40" i="1"/>
+  <c r="L40" i="1" s="1"/>
+  <c r="M40" i="1" s="1"/>
+  <c r="K36" i="1"/>
+  <c r="L36" i="1" s="1"/>
+  <c r="M36" i="1" s="1"/>
+  <c r="K28" i="1"/>
+  <c r="L28" i="1" s="1"/>
+  <c r="M28" i="1" s="1"/>
+  <c r="K20" i="1"/>
+  <c r="L20" i="1" s="1"/>
+  <c r="M20" i="1" s="1"/>
+  <c r="K16" i="1"/>
   <c r="L16" i="1" s="1"/>
   <c r="M16" i="1" s="1"/>
-  <c r="N16" i="1" s="1"/>
-[...298 lines deleted...]
-  <c r="E80" i="1"/>
+  <c r="E11" i="1" l="1"/>
+  <c r="J80" i="1" s="1"/>
+  <c r="K80" i="1" s="1"/>
   <c r="L80" i="1" s="1"/>
   <c r="M80" i="1" s="1"/>
-  <c r="N80" i="1" s="1"/>
-[...900 lines deleted...]
-  <c r="E11" i="1"/>
+  <c r="I11" i="1"/>
+  <c r="J11" i="1" l="1"/>
+  <c r="K11" i="1" s="1"/>
   <c r="L11" i="1" s="1"/>
   <c r="M11" i="1" s="1"/>
   <c r="N11" i="1" s="1"/>
-  <c r="O11" i="1" s="1"/>
-[...21 lines deleted...]
-  <c r="P10" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="277" uniqueCount="275">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="286" uniqueCount="286">
   <si>
     <t>Α.Μ.</t>
   </si>
   <si>
     <t>Ε1</t>
   </si>
   <si>
     <t>Ε2</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
-    <t>Θ1</t>
-[...4 lines deleted...]
-  <si>
     <t>Θ3</t>
   </si>
   <si>
     <t>Θ4</t>
   </si>
   <si>
     <t xml:space="preserve">Τελ. </t>
   </si>
   <si>
     <t>βαθμ.</t>
   </si>
   <si>
     <t>ΜΑΘΗΜΑ: Λογισμός Πολλών Μεταβλητών</t>
   </si>
   <si>
     <t>Θ5</t>
   </si>
   <si>
     <t>Βαθ.</t>
   </si>
   <si>
     <t>εξετ.</t>
   </si>
   <si>
     <t>εργ.</t>
   </si>
   <si>
     <t>ΔΙΔΑΣΚΩΝ: Καθηγητής Χρήστος Σχοινάς</t>
   </si>
   <si>
-    <t>58032</t>
-[...4 lines deleted...]
-  <si>
     <t>58804</t>
   </si>
   <si>
-    <t>58555</t>
-[...10 lines deleted...]
-  <si>
     <t>58396</t>
   </si>
   <si>
     <t>58034</t>
   </si>
   <si>
     <t>58923</t>
   </si>
   <si>
-    <t>57381</t>
-[...1 lines deleted...]
-  <si>
     <t>58690</t>
   </si>
   <si>
     <t>58972</t>
   </si>
   <si>
-    <t>57012</t>
-[...1 lines deleted...]
-  <si>
     <t>56025</t>
   </si>
   <si>
-    <t>58791</t>
-[...4 lines deleted...]
-  <si>
     <t>58788</t>
   </si>
   <si>
     <t>58355</t>
   </si>
   <si>
-    <t>58538</t>
-[...4 lines deleted...]
-  <si>
     <t>58786</t>
   </si>
   <si>
-    <t>57937</t>
-[...1 lines deleted...]
-  <si>
     <t>57347</t>
   </si>
   <si>
     <t>58595</t>
   </si>
   <si>
-    <t>58629</t>
-[...1 lines deleted...]
-  <si>
     <t>58882</t>
   </si>
   <si>
     <t>58799</t>
   </si>
   <si>
-    <t>58226</t>
-[...4 lines deleted...]
-  <si>
     <t>58426</t>
   </si>
   <si>
     <t>58287</t>
   </si>
   <si>
     <t>58043</t>
   </si>
   <si>
     <t>58759</t>
   </si>
   <si>
     <t>58334</t>
   </si>
   <si>
-    <t>58660</t>
-[...4 lines deleted...]
-  <si>
     <t>58713</t>
   </si>
   <si>
-    <t>57848</t>
-[...1 lines deleted...]
-  <si>
     <t>58738</t>
   </si>
   <si>
     <t>57899</t>
   </si>
   <si>
     <t>58277</t>
   </si>
   <si>
     <t>58863</t>
   </si>
   <si>
     <t>58997</t>
   </si>
   <si>
-    <t>58668</t>
-[...1 lines deleted...]
-  <si>
     <t>58638</t>
   </si>
   <si>
-    <t>58939</t>
-[...1 lines deleted...]
-  <si>
     <t>58394</t>
   </si>
   <si>
-    <t>57213</t>
-[...4 lines deleted...]
-  <si>
     <t>Ε3</t>
   </si>
   <si>
-    <t>59242</t>
-[...4 lines deleted...]
-  <si>
     <t>59172</t>
   </si>
   <si>
     <t>59080</t>
   </si>
   <si>
     <t>59229</t>
   </si>
   <si>
-    <t>59156</t>
-[...4 lines deleted...]
-  <si>
     <t>59240</t>
   </si>
   <si>
-    <t>59110</t>
-[...1 lines deleted...]
-  <si>
     <t>59176</t>
   </si>
   <si>
-    <t>59233</t>
-[...4 lines deleted...]
-  <si>
     <t>59079</t>
   </si>
   <si>
-    <t>ΑΚΑΔΗΜΑΪΚΟ ΕΤΟΣ: 2024-2025</t>
-[...1 lines deleted...]
-  <si>
     <t>59463</t>
   </si>
   <si>
-    <t>59462</t>
-[...7 lines deleted...]
-  <si>
     <t>58481</t>
   </si>
   <si>
-    <t>59379</t>
-[...16 lines deleted...]
-  <si>
     <t>59401</t>
   </si>
   <si>
     <t>58931</t>
   </si>
   <si>
-    <t>59291</t>
-[...10 lines deleted...]
-  <si>
     <t>59478</t>
   </si>
   <si>
-    <t>59475</t>
-[...37 lines deleted...]
-  <si>
     <t>59334</t>
   </si>
   <si>
     <t>59497</t>
   </si>
   <si>
-    <t>59351</t>
-[...31 lines deleted...]
-  <si>
     <t>59459</t>
   </si>
   <si>
-    <t>59266</t>
-[...4 lines deleted...]
-  <si>
     <t>59494</t>
   </si>
   <si>
-    <t>59484</t>
-[...37 lines deleted...]
-  <si>
     <t>59457</t>
   </si>
   <si>
-    <t>59359</t>
-[...40 lines deleted...]
-  <si>
     <t>59458</t>
   </si>
   <si>
-    <t>59374</t>
-[...28 lines deleted...]
-  <si>
     <t>59273</t>
   </si>
   <si>
-    <t>59308</t>
-[...40 lines deleted...]
-  <si>
     <t>59298</t>
   </si>
   <si>
-    <t>59314</t>
-[...34 lines deleted...]
-  <si>
     <t>58111</t>
   </si>
   <si>
     <t>59398</t>
   </si>
   <si>
-    <t>58191</t>
-[...25 lines deleted...]
-  <si>
     <t>59406</t>
   </si>
   <si>
-    <t>59138</t>
-[...1 lines deleted...]
-  <si>
     <t>59271</t>
   </si>
   <si>
-    <t>59333</t>
-[...22 lines deleted...]
-  <si>
     <t>59480</t>
   </si>
   <si>
-    <t>59250</t>
-[...73 lines deleted...]
-  <si>
     <t>59422</t>
   </si>
   <si>
-    <t>59301</t>
-[...52 lines deleted...]
-  <si>
     <t>59302</t>
   </si>
   <si>
-    <t>59255</t>
-[...29 lines deleted...]
-    <t>Δεν το δήλωσε</t>
+    <t>ΑΚΑΔΗΜΑΪΚΟ ΕΤΟΣ: 2025-2026</t>
+  </si>
+  <si>
+    <t>59775</t>
+  </si>
+  <si>
+    <t>59542</t>
+  </si>
+  <si>
+    <t>59713</t>
+  </si>
+  <si>
+    <t>59715</t>
+  </si>
+  <si>
+    <t>59688</t>
+  </si>
+  <si>
+    <t>59662</t>
+  </si>
+  <si>
+    <t>59633</t>
+  </si>
+  <si>
+    <t>59554</t>
+  </si>
+  <si>
+    <t>59558</t>
+  </si>
+  <si>
+    <t>59506</t>
+  </si>
+  <si>
+    <t>59597</t>
+  </si>
+  <si>
+    <t>59540</t>
+  </si>
+  <si>
+    <t>59581</t>
+  </si>
+  <si>
+    <t>59495</t>
+  </si>
+  <si>
+    <t>59650</t>
+  </si>
+  <si>
+    <t>59760</t>
+  </si>
+  <si>
+    <t>59566</t>
+  </si>
+  <si>
+    <t>59744</t>
+  </si>
+  <si>
+    <t>59455</t>
+  </si>
+  <si>
+    <t>59705</t>
+  </si>
+  <si>
+    <t>59697</t>
+  </si>
+  <si>
+    <t>59499</t>
+  </si>
+  <si>
+    <t>59773</t>
+  </si>
+  <si>
+    <t>59635</t>
+  </si>
+  <si>
+    <t>59551</t>
+  </si>
+  <si>
+    <t>59616</t>
+  </si>
+  <si>
+    <t>59757</t>
+  </si>
+  <si>
+    <t>59533</t>
+  </si>
+  <si>
+    <t>59741</t>
+  </si>
+  <si>
+    <t>59511</t>
+  </si>
+  <si>
+    <t>59735</t>
+  </si>
+  <si>
+    <t>59767</t>
+  </si>
+  <si>
+    <t>59717</t>
+  </si>
+  <si>
+    <t>59665</t>
+  </si>
+  <si>
+    <t>59572</t>
+  </si>
+  <si>
+    <t>59720</t>
+  </si>
+  <si>
+    <t>59603</t>
+  </si>
+  <si>
+    <t>59630</t>
+  </si>
+  <si>
+    <t>59561</t>
+  </si>
+  <si>
+    <t>59573</t>
+  </si>
+  <si>
+    <t>59679</t>
+  </si>
+  <si>
+    <t>59742</t>
+  </si>
+  <si>
+    <t>59526</t>
+  </si>
+  <si>
+    <t>59589</t>
+  </si>
+  <si>
+    <t>59517</t>
+  </si>
+  <si>
+    <t>59751</t>
+  </si>
+  <si>
+    <t>59719</t>
+  </si>
+  <si>
+    <t>59632</t>
+  </si>
+  <si>
+    <t>59520</t>
+  </si>
+  <si>
+    <t>59661</t>
+  </si>
+  <si>
+    <t>59479</t>
+  </si>
+  <si>
+    <t>59595</t>
+  </si>
+  <si>
+    <t>59626</t>
+  </si>
+  <si>
+    <t>59541</t>
+  </si>
+  <si>
+    <t>59577</t>
+  </si>
+  <si>
+    <t>59680</t>
+  </si>
+  <si>
+    <t>59605</t>
+  </si>
+  <si>
+    <t>59696</t>
+  </si>
+  <si>
+    <t>59666</t>
+  </si>
+  <si>
+    <t>59691</t>
+  </si>
+  <si>
+    <t>59758</t>
+  </si>
+  <si>
+    <t>59700</t>
+  </si>
+  <si>
+    <t>59756</t>
+  </si>
+  <si>
+    <t>59523</t>
+  </si>
+  <si>
+    <t>59629</t>
+  </si>
+  <si>
+    <t>59749</t>
+  </si>
+  <si>
+    <t>59663</t>
+  </si>
+  <si>
+    <t>59571</t>
+  </si>
+  <si>
+    <t>59615</t>
+  </si>
+  <si>
+    <t>59654</t>
+  </si>
+  <si>
+    <t>59538</t>
+  </si>
+  <si>
+    <t>59594</t>
+  </si>
+  <si>
+    <t>59620</t>
+  </si>
+  <si>
+    <t>59747</t>
+  </si>
+  <si>
+    <t>59672</t>
+  </si>
+  <si>
+    <t>59714</t>
+  </si>
+  <si>
+    <t>59667</t>
+  </si>
+  <si>
+    <t>59557</t>
+  </si>
+  <si>
+    <t>59549</t>
+  </si>
+  <si>
+    <t>59621</t>
+  </si>
+  <si>
+    <t>59622</t>
+  </si>
+  <si>
+    <t>59708</t>
+  </si>
+  <si>
+    <t>59522</t>
+  </si>
+  <si>
+    <t>59609</t>
+  </si>
+  <si>
+    <t>59624</t>
+  </si>
+  <si>
+    <t>59761</t>
+  </si>
+  <si>
+    <t>58429</t>
+  </si>
+  <si>
+    <t>59125</t>
+  </si>
+  <si>
+    <t>59528</t>
+  </si>
+  <si>
+    <t>59755</t>
+  </si>
+  <si>
+    <t>59132</t>
+  </si>
+  <si>
+    <t>59770</t>
+  </si>
+  <si>
+    <t>59646</t>
+  </si>
+  <si>
+    <t>59421</t>
+  </si>
+  <si>
+    <t>59724</t>
+  </si>
+  <si>
+    <t>59722</t>
+  </si>
+  <si>
+    <t>57548</t>
+  </si>
+  <si>
+    <t>59395</t>
+  </si>
+  <si>
+    <t>59776</t>
+  </si>
+  <si>
+    <t>59706</t>
+  </si>
+  <si>
+    <t>59564</t>
+  </si>
+  <si>
+    <t>59669</t>
+  </si>
+  <si>
+    <t>59687</t>
+  </si>
+  <si>
+    <t>59512</t>
+  </si>
+  <si>
+    <t>59763</t>
+  </si>
+  <si>
+    <t>59647</t>
+  </si>
+  <si>
+    <t>59552</t>
+  </si>
+  <si>
+    <t>59509</t>
+  </si>
+  <si>
+    <t>59739</t>
+  </si>
+  <si>
+    <t>59539</t>
+  </si>
+  <si>
+    <t>59349</t>
+  </si>
+  <si>
+    <t>59570</t>
+  </si>
+  <si>
+    <t>59750</t>
+  </si>
+  <si>
+    <t>59727</t>
+  </si>
+  <si>
+    <t>59637</t>
+  </si>
+  <si>
+    <t>58985</t>
+  </si>
+  <si>
+    <t>59610</t>
+  </si>
+  <si>
+    <t>59580</t>
+  </si>
+  <si>
+    <t>59584</t>
+  </si>
+  <si>
+    <t>59759</t>
+  </si>
+  <si>
+    <t>59567</t>
+  </si>
+  <si>
+    <t>59636</t>
+  </si>
+  <si>
+    <t>59241</t>
+  </si>
+  <si>
+    <t>59769</t>
+  </si>
+  <si>
+    <t>59699</t>
+  </si>
+  <si>
+    <t>59612</t>
+  </si>
+  <si>
+    <t>59658</t>
+  </si>
+  <si>
+    <t>59711</t>
+  </si>
+  <si>
+    <t>59675</t>
+  </si>
+  <si>
+    <t>59649</t>
+  </si>
+  <si>
+    <t>59753</t>
+  </si>
+  <si>
+    <t>59642</t>
+  </si>
+  <si>
+    <t>59704</t>
+  </si>
+  <si>
+    <t>59683</t>
+  </si>
+  <si>
+    <t>59732</t>
+  </si>
+  <si>
+    <t>59729</t>
+  </si>
+  <si>
+    <t>59587</t>
+  </si>
+  <si>
+    <t>59537</t>
+  </si>
+  <si>
+    <t>59631</t>
+  </si>
+  <si>
+    <t>59608</t>
+  </si>
+  <si>
+    <t>59736</t>
+  </si>
+  <si>
+    <t>59740</t>
+  </si>
+  <si>
+    <t>59222</t>
+  </si>
+  <si>
+    <t>59694</t>
+  </si>
+  <si>
+    <t>59510</t>
+  </si>
+  <si>
+    <t>59585</t>
+  </si>
+  <si>
+    <t>59723</t>
+  </si>
+  <si>
+    <t>59599</t>
+  </si>
+  <si>
+    <t>59555</t>
+  </si>
+  <si>
+    <t>59768</t>
+  </si>
+  <si>
+    <t>59535</t>
+  </si>
+  <si>
+    <t>59651</t>
+  </si>
+  <si>
+    <t>59777</t>
+  </si>
+  <si>
+    <t>59730</t>
+  </si>
+  <si>
+    <t>59718</t>
+  </si>
+  <si>
+    <t>59502</t>
+  </si>
+  <si>
+    <t>59641</t>
+  </si>
+  <si>
+    <t>59627</t>
+  </si>
+  <si>
+    <t>59701</t>
+  </si>
+  <si>
+    <t>59754</t>
+  </si>
+  <si>
+    <t>59504</t>
+  </si>
+  <si>
+    <t>54780</t>
+  </si>
+  <si>
+    <t>59725</t>
+  </si>
+  <si>
+    <t>59505</t>
+  </si>
+  <si>
+    <t>58956</t>
+  </si>
+  <si>
+    <t>59703</t>
+  </si>
+  <si>
+    <t>59652</t>
+  </si>
+  <si>
+    <t>59623</t>
+  </si>
+  <si>
+    <t>59726</t>
+  </si>
+  <si>
+    <t>59513</t>
+  </si>
+  <si>
+    <t>59685</t>
+  </si>
+  <si>
+    <t>59743</t>
+  </si>
+  <si>
+    <t>59593</t>
+  </si>
+  <si>
+    <t>59507</t>
+  </si>
+  <si>
+    <t>58995</t>
+  </si>
+  <si>
+    <t>59600</t>
+  </si>
+  <si>
+    <t>59565</t>
+  </si>
+  <si>
+    <t>59721</t>
+  </si>
+  <si>
+    <t>59689</t>
+  </si>
+  <si>
+    <t>59613</t>
+  </si>
+  <si>
+    <t>59574</t>
+  </si>
+  <si>
+    <t>59468</t>
+  </si>
+  <si>
+    <t>59644</t>
+  </si>
+  <si>
+    <t>59674</t>
+  </si>
+  <si>
+    <t>59559</t>
+  </si>
+  <si>
+    <t>59534</t>
+  </si>
+  <si>
+    <t>59606</t>
+  </si>
+  <si>
+    <t>59543</t>
+  </si>
+  <si>
+    <t>59731</t>
+  </si>
+  <si>
+    <t>59738</t>
+  </si>
+  <si>
+    <t>59611</t>
+  </si>
+  <si>
+    <t>59707</t>
+  </si>
+  <si>
+    <t>59503</t>
+  </si>
+  <si>
+    <t>58345</t>
+  </si>
+  <si>
+    <t>59746</t>
+  </si>
+  <si>
+    <t>59733</t>
+  </si>
+  <si>
+    <t>59531</t>
+  </si>
+  <si>
+    <t>59515</t>
+  </si>
+  <si>
+    <t>59765</t>
+  </si>
+  <si>
+    <t>59728</t>
+  </si>
+  <si>
+    <t>59670</t>
+  </si>
+  <si>
+    <t>59317</t>
+  </si>
+  <si>
+    <t>59693</t>
+  </si>
+  <si>
+    <t>59695</t>
+  </si>
+  <si>
+    <t>59737</t>
+  </si>
+  <si>
+    <t>59628</t>
+  </si>
+  <si>
+    <t>59617</t>
+  </si>
+  <si>
+    <t>59710</t>
+  </si>
+  <si>
+    <t>59648</t>
+  </si>
+  <si>
+    <t>59659</t>
+  </si>
+  <si>
+    <t>59563</t>
+  </si>
+  <si>
+    <t>59774</t>
+  </si>
+  <si>
+    <t>59748</t>
+  </si>
+  <si>
+    <t>59553</t>
+  </si>
+  <si>
+    <t>59519</t>
+  </si>
+  <si>
+    <t>59676</t>
+  </si>
+  <si>
+    <t>59591</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="161"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="161"/>
     </font>
@@ -2938,163 +3063,163 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="6" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="6" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="6" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="6" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="6" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Κανονικό" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>80</xdr:row>
+      <xdr:row>206</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
-      <xdr:row>81</xdr:row>
+      <xdr:row>207</xdr:row>
       <xdr:rowOff>121920</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="1028" name="AutoShape 1" descr="https://classweb.duth.gr/images/sortasc.gif">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{00000000-0008-0000-0000-000004040000}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004040000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="1874520" y="1584960"/>
           <a:ext cx="304800" cy="320040"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
@@ -3387,12540 +3512,11619 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A4:R272"/>
+  <dimension ref="A5:Q285"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="Q1" sqref="Q1"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="R1" sqref="R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="6" width="6.77734375" style="3" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="20" max="16384" width="9.109375" style="3"/>
+    <col min="1" max="5" width="10.77734375" style="3" customWidth="1"/>
+    <col min="6" max="10" width="4.6640625" style="3" hidden="1" customWidth="1"/>
+    <col min="11" max="11" width="4.6640625" style="4" hidden="1" customWidth="1"/>
+    <col min="12" max="15" width="4.6640625" style="3" hidden="1" customWidth="1"/>
+    <col min="16" max="16" width="6.6640625" style="2" hidden="1" customWidth="1"/>
+    <col min="17" max="17" width="6.6640625" style="3" hidden="1" customWidth="1"/>
+    <col min="18" max="16384" width="9.109375" style="3"/>
   </cols>
   <sheetData>
-    <row r="4" spans="1:18" x14ac:dyDescent="0.3">
-[...36 lines deleted...]
-      <c r="J6" s="32"/>
+    <row r="5" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A5" s="1"/>
+    </row>
+    <row r="6" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A6" s="29" t="s">
+        <v>68</v>
+      </c>
+      <c r="B6" s="31"/>
+      <c r="C6" s="31"/>
+      <c r="D6" s="31"/>
+      <c r="E6" s="31"/>
+      <c r="F6" s="31"/>
+      <c r="G6" s="31"/>
+      <c r="H6" s="31"/>
+      <c r="I6" s="31"/>
+      <c r="J6" s="31"/>
       <c r="K6" s="32"/>
-      <c r="L6" s="32"/>
-[...19 lines deleted...]
-      <c r="J7" s="32"/>
+      <c r="L6" s="31"/>
+      <c r="M6" s="31"/>
+      <c r="N6" s="31"/>
+      <c r="O6" s="31"/>
+      <c r="P6" s="36"/>
+    </row>
+    <row r="7" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A7" s="29" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" s="31"/>
+      <c r="C7" s="31"/>
+      <c r="D7" s="31"/>
+      <c r="E7" s="31"/>
+      <c r="F7" s="31"/>
+      <c r="G7" s="31"/>
+      <c r="H7" s="31"/>
+      <c r="I7" s="31"/>
+      <c r="J7" s="31"/>
       <c r="K7" s="32"/>
-      <c r="L7" s="32"/>
-[...23 lines deleted...]
-      <c r="L8" s="36"/>
+      <c r="L7" s="31"/>
+      <c r="M7" s="31"/>
+      <c r="N7" s="31"/>
+      <c r="O7" s="31"/>
+      <c r="P7" s="36"/>
+    </row>
+    <row r="8" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A8" s="29" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" s="31"/>
+      <c r="C8" s="31"/>
+      <c r="D8" s="31"/>
+      <c r="E8" s="31"/>
+      <c r="F8" s="31"/>
+      <c r="G8" s="31"/>
+      <c r="H8" s="31"/>
+      <c r="I8" s="31"/>
+      <c r="J8" s="31"/>
+      <c r="K8" s="32"/>
+      <c r="L8" s="31"/>
       <c r="M8" s="31"/>
       <c r="N8" s="31"/>
       <c r="O8" s="31"/>
-      <c r="P8" s="14" t="s">
-[...4 lines deleted...]
-      <c r="A9" s="6" t="s">
+      <c r="P8" s="36"/>
+    </row>
+    <row r="9" spans="1:16" s="2" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="30"/>
+      <c r="B9" s="33"/>
+      <c r="C9" s="33"/>
+      <c r="D9" s="33"/>
+      <c r="E9" s="16" t="s">
+        <v>3</v>
+      </c>
+      <c r="F9" s="34"/>
+      <c r="G9" s="35"/>
+      <c r="H9" s="35"/>
+      <c r="I9" s="20" t="s">
+        <v>10</v>
+      </c>
+      <c r="J9" s="35"/>
+      <c r="K9" s="30"/>
+      <c r="L9" s="30"/>
+      <c r="M9" s="30"/>
+      <c r="N9" s="14" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" s="2" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="6" t="s">
         <v>0</v>
       </c>
-      <c r="B9" s="5" t="s">
+      <c r="B10" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="C9" s="25" t="s">
+      <c r="C10" s="24" t="s">
         <v>2</v>
       </c>
-      <c r="D9" s="25" t="s">
-[...5 lines deleted...]
-      <c r="F9" s="16" t="s">
+      <c r="D10" s="24" t="s">
+        <v>41</v>
+      </c>
+      <c r="E10" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="G9" s="11" t="s">
+      <c r="G10" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="H9" s="12" t="s">
-[...2 lines deleted...]
-      <c r="I9" s="11" t="s">
+      <c r="H10" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="I10" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="J10" s="7"/>
+      <c r="K10" s="7"/>
+      <c r="L10" s="8"/>
+      <c r="M10" s="8"/>
+      <c r="N10" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="J9" s="12" t="s">
-[...62 lines deleted...]
-      <c r="C11" s="20"/>
+    </row>
+    <row r="11" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A11" s="25">
+        <v>59419</v>
+      </c>
+      <c r="B11" s="19">
+        <v>10</v>
+      </c>
+      <c r="C11" s="19"/>
       <c r="D11" s="15"/>
-      <c r="E11" s="27">
+      <c r="E11" s="26">
         <f>(B11+C11+D11)/3</f>
-        <v>0</v>
-[...37 lines deleted...]
-      <c r="C12" s="20"/>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F11" s="23"/>
+      <c r="G11" s="23"/>
+      <c r="H11" s="23"/>
+      <c r="I11" s="22" t="e">
+        <f>#REF!+#REF!+F11+G11+H11</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J11" s="10" t="e">
+        <f>0.2*E11+0.8*I11</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K11" s="10" t="e">
+        <f>MAX(I11,J11)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L11" s="10" t="e">
+        <f>ROUND(K11*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M11" s="10" t="e">
+        <f>IF(L11&lt;4.5,ROUND(K11,0),L11)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N11" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F11="",G11=""),"",M11)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P11" s="3"/>
+    </row>
+    <row r="12" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A12" s="25">
+        <v>59550</v>
+      </c>
+      <c r="B12" s="19">
+        <v>10</v>
+      </c>
+      <c r="C12" s="19"/>
       <c r="D12" s="15"/>
-      <c r="E12" s="27">
+      <c r="E12" s="26">
         <f>(B12+C12+D12)/3</f>
-        <v>0</v>
-[...37 lines deleted...]
-      <c r="C13" s="20"/>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F12" s="23"/>
+      <c r="G12" s="23"/>
+      <c r="H12" s="23"/>
+      <c r="I12" s="22" t="e">
+        <f>#REF!+#REF!+F12+G12+H12</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J12" s="10" t="e">
+        <f>0.2*E12+0.8*I12</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K12" s="10" t="e">
+        <f>MAX(I12,J12)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L12" s="10" t="e">
+        <f>ROUND(K12*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M12" s="10" t="e">
+        <f>IF(L12&lt;4.5,ROUND(K12,0),L12)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N12" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F12="",G12=""),"",M12)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P12" s="3"/>
+    </row>
+    <row r="13" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A13" s="25">
+        <v>59762</v>
+      </c>
+      <c r="B13" s="19">
+        <v>10</v>
+      </c>
+      <c r="C13" s="19"/>
       <c r="D13" s="15"/>
-      <c r="E13" s="27">
+      <c r="E13" s="26">
         <f>(B13+C13+D13)/3</f>
-        <v>0</v>
-[...37 lines deleted...]
-      <c r="C14" s="20"/>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F13" s="23"/>
+      <c r="G13" s="23"/>
+      <c r="H13" s="23"/>
+      <c r="I13" s="22" t="e">
+        <f>#REF!+#REF!+F13+G13+H13</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J13" s="10" t="e">
+        <f>0.2*E13+0.8*I13</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K13" s="10" t="e">
+        <f>MAX(I13,J13)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L13" s="10" t="e">
+        <f>ROUND(K13*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M13" s="10" t="e">
+        <f>IF(L13&lt;4.5,ROUND(K13,0),L13)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N13" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F13="",G13=""),"",M13)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P13" s="3"/>
+    </row>
+    <row r="14" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A14" s="25">
+        <v>59766</v>
+      </c>
+      <c r="B14" s="19">
+        <v>10</v>
+      </c>
+      <c r="C14" s="19"/>
       <c r="D14" s="15"/>
-      <c r="E14" s="27">
+      <c r="E14" s="26">
         <f>(B14+C14+D14)/3</f>
-        <v>0</v>
-[...45 lines deleted...]
-      <c r="E15" s="27">
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F14" s="23"/>
+      <c r="G14" s="23"/>
+      <c r="H14" s="23"/>
+      <c r="I14" s="22" t="e">
+        <f>#REF!+#REF!+F14+G14+H14</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J14" s="10" t="e">
+        <f>0.2*E14+0.8*I14</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K14" s="10" t="e">
+        <f>MAX(I14,J14)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L14" s="10" t="e">
+        <f>ROUND(K14*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M14" s="10" t="e">
+        <f>IF(L14&lt;4.5,ROUND(K14,0),L14)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N14" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F14="",G14=""),"",M14)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P14" s="3"/>
+    </row>
+    <row r="15" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A15" s="25">
+        <v>59772</v>
+      </c>
+      <c r="B15" s="19">
+        <v>10</v>
+      </c>
+      <c r="C15" s="19"/>
+      <c r="D15" s="15"/>
+      <c r="E15" s="26">
         <f>(B15+C15+D15)/3</f>
-        <v>9.8333333333333339</v>
-[...37 lines deleted...]
-      <c r="C16" s="20"/>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F15" s="23"/>
+      <c r="G15" s="23"/>
+      <c r="H15" s="23"/>
+      <c r="I15" s="22" t="e">
+        <f>#REF!+#REF!+F15+G15+H15</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J15" s="10" t="e">
+        <f>0.2*E15+0.8*I15</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K15" s="10" t="e">
+        <f>MAX(I15,J15)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L15" s="10" t="e">
+        <f>ROUND(K15*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M15" s="10" t="e">
+        <f>IF(L15&lt;4.5,ROUND(K15,0),L15)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N15" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F15="",G15=""),"",M15)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P15" s="3"/>
+    </row>
+    <row r="16" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A16" s="25" t="s">
+        <v>230</v>
+      </c>
+      <c r="B16" s="19"/>
+      <c r="C16" s="19"/>
       <c r="D16" s="15"/>
-      <c r="E16" s="27">
+      <c r="E16" s="26">
         <f>(B16+C16+D16)/3</f>
         <v>0</v>
       </c>
-      <c r="F16" s="24"/>
-[...5 lines deleted...]
-        <f>F16+G16+H16+I16+J16</f>
+      <c r="F16" s="23"/>
+      <c r="G16" s="23"/>
+      <c r="H16" s="23"/>
+      <c r="I16" s="22" t="e">
+        <f>#REF!+#REF!+F16+G16+H16</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J16" s="10" t="e">
+        <f>0.2*E16+0.8*I16</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K16" s="10" t="e">
+        <f>MAX(I16,J16)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L16" s="10" t="e">
+        <f>ROUND(K16*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M16" s="10" t="e">
+        <f>IF(L16&lt;4.5,ROUND(K16,0),L16)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N16" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F16="",G16=""),"",M16)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P16" s="3"/>
+    </row>
+    <row r="17" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A17" s="25" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="19"/>
+      <c r="C17" s="19"/>
+      <c r="D17" s="15"/>
+      <c r="E17" s="26">
+        <f>(B17+C17+D17)/3</f>
         <v>0</v>
       </c>
-      <c r="L16" s="10">
-        <f>0.2*E16+0.8*K16</f>
+      <c r="F17" s="23"/>
+      <c r="G17" s="23"/>
+      <c r="H17" s="23"/>
+      <c r="I17" s="22" t="e">
+        <f>#REF!+#REF!+F17+G17+H17</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J17" s="10" t="e">
+        <f>0.2*E17+0.8*I17</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K17" s="10" t="e">
+        <f>MAX(I17,J17)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L17" s="10" t="e">
+        <f>ROUND(K17*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M17" s="10" t="e">
+        <f>IF(L17&lt;4.5,ROUND(K17,0),L17)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N17" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F17="",G17=""),"",M17)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P17" s="3"/>
+    </row>
+    <row r="18" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A18" s="25" t="s">
+        <v>24</v>
+      </c>
+      <c r="B18" s="19"/>
+      <c r="C18" s="19"/>
+      <c r="D18" s="15"/>
+      <c r="E18" s="26">
+        <f>(B18+C18+D18)/3</f>
         <v>0</v>
       </c>
-      <c r="M16" s="10">
-        <f>MAX(K16,L16)</f>
+      <c r="F18" s="23"/>
+      <c r="G18" s="23"/>
+      <c r="H18" s="23"/>
+      <c r="I18" s="22" t="e">
+        <f>#REF!+#REF!+F18+G18+H18</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J18" s="10" t="e">
+        <f>0.2*E18+0.8*I18</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K18" s="10" t="e">
+        <f>MAX(I18,J18)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L18" s="10" t="e">
+        <f>ROUND(K18*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M18" s="10" t="e">
+        <f>IF(L18&lt;4.5,ROUND(K18,0),L18)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N18" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F18="",G18=""),"",M18)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P18" s="3"/>
+    </row>
+    <row r="19" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A19" s="25" t="s">
+        <v>165</v>
+      </c>
+      <c r="B19" s="19"/>
+      <c r="C19" s="19"/>
+      <c r="D19" s="15"/>
+      <c r="E19" s="26">
+        <f>(B19+C19+D19)/3</f>
         <v>0</v>
       </c>
-      <c r="N16" s="10">
-        <f>ROUND(M16*2,0)/2</f>
+      <c r="F19" s="23"/>
+      <c r="G19" s="23"/>
+      <c r="H19" s="23"/>
+      <c r="I19" s="22" t="e">
+        <f>#REF!+#REF!+F19+G19+H19</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J19" s="10" t="e">
+        <f>0.2*E19+0.8*I19</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K19" s="10" t="e">
+        <f>MAX(I19,J19)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L19" s="10" t="e">
+        <f>ROUND(K19*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M19" s="10" t="e">
+        <f>IF(L19&lt;4.5,ROUND(K19,0),L19)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N19" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F19="",G19=""),"",M19)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P19" s="3"/>
+    </row>
+    <row r="20" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A20" s="25" t="s">
+        <v>35</v>
+      </c>
+      <c r="B20" s="19"/>
+      <c r="C20" s="19"/>
+      <c r="D20" s="15"/>
+      <c r="E20" s="26">
+        <f>(B20+C20+D20)/3</f>
         <v>0</v>
       </c>
-      <c r="O16" s="10">
-        <f>IF(N16&lt;4.5,ROUND(M16,0),N16)</f>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+      <c r="I20" s="22" t="e">
+        <f>#REF!+#REF!+F20+G20+H20</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J20" s="10" t="e">
+        <f>0.2*E20+0.8*I20</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K20" s="10" t="e">
+        <f>MAX(I20,J20)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L20" s="10" t="e">
+        <f>ROUND(K20*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M20" s="10" t="e">
+        <f>IF(L20&lt;4.5,ROUND(K20,0),L20)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N20" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F20="",G20=""),"",M20)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P20" s="3"/>
+    </row>
+    <row r="21" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A21" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" s="19">
+        <v>5</v>
+      </c>
+      <c r="C21" s="19"/>
+      <c r="D21" s="15"/>
+      <c r="E21" s="26">
+        <f>(B21+C21+D21)/3</f>
+        <v>1.6666666666666667</v>
+      </c>
+      <c r="F21" s="23"/>
+      <c r="G21" s="23"/>
+      <c r="H21" s="23"/>
+      <c r="I21" s="22" t="e">
+        <f>#REF!+#REF!+F21+G21+H21</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J21" s="10" t="e">
+        <f>0.2*E21+0.8*I21</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K21" s="10" t="e">
+        <f>MAX(I21,J21)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L21" s="10" t="e">
+        <f>ROUND(K21*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M21" s="10" t="e">
+        <f>IF(L21&lt;4.5,ROUND(K21,0),L21)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N21" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F21="",G21=""),"",M21)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P21" s="3"/>
+    </row>
+    <row r="22" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A22" s="25" t="s">
+        <v>30</v>
+      </c>
+      <c r="B22" s="19"/>
+      <c r="C22" s="19"/>
+      <c r="D22" s="15"/>
+      <c r="E22" s="26">
+        <f>(B22+C22+D22)/3</f>
         <v>0</v>
       </c>
-      <c r="P16" s="9" t="str">
-[...304 lines deleted...]
-      <c r="C23" s="20"/>
+      <c r="F22" s="23"/>
+      <c r="G22" s="23"/>
+      <c r="H22" s="23"/>
+      <c r="I22" s="22" t="e">
+        <f>#REF!+#REF!+F22+G22+H22</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J22" s="10" t="e">
+        <f>0.2*E22+0.8*I22</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K22" s="10" t="e">
+        <f>MAX(I22,J22)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L22" s="10" t="e">
+        <f>ROUND(K22*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M22" s="10" t="e">
+        <f>IF(L22&lt;4.5,ROUND(K22,0),L22)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N22" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F22="",G22=""),"",M22)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P22" s="3"/>
+    </row>
+    <row r="23" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A23" s="25" t="s">
+        <v>61</v>
+      </c>
+      <c r="B23" s="19"/>
+      <c r="C23" s="19"/>
       <c r="D23" s="15"/>
-      <c r="E23" s="27">
+      <c r="E23" s="26">
         <f>(B23+C23+D23)/3</f>
         <v>0</v>
       </c>
-      <c r="F23" s="24"/>
-[...5 lines deleted...]
-        <f>F23+G23+H23+I23+J23</f>
+      <c r="F23" s="23"/>
+      <c r="G23" s="23"/>
+      <c r="H23" s="23"/>
+      <c r="I23" s="22" t="e">
+        <f>#REF!+#REF!+F23+G23+H23</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J23" s="10" t="e">
+        <f>0.2*E23+0.8*I23</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K23" s="10" t="e">
+        <f>MAX(I23,J23)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L23" s="10" t="e">
+        <f>ROUND(K23*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M23" s="10" t="e">
+        <f>IF(L23&lt;4.5,ROUND(K23,0),L23)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N23" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F23="",G23=""),"",M23)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P23" s="3"/>
+    </row>
+    <row r="24" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A24" s="25" t="s">
+        <v>36</v>
+      </c>
+      <c r="B24" s="19"/>
+      <c r="C24" s="19"/>
+      <c r="D24" s="15"/>
+      <c r="E24" s="26">
+        <f>(B24+C24+D24)/3</f>
         <v>0</v>
       </c>
-      <c r="L23" s="10">
-        <f>0.2*E23+0.8*K23</f>
+      <c r="F24" s="23"/>
+      <c r="G24" s="23"/>
+      <c r="H24" s="23"/>
+      <c r="I24" s="22" t="e">
+        <f>#REF!+#REF!+F24+G24+H24</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J24" s="10" t="e">
+        <f>0.2*E24+0.8*I24</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K24" s="10" t="e">
+        <f>MAX(I24,J24)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L24" s="10" t="e">
+        <f>ROUND(K24*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M24" s="10" t="e">
+        <f>IF(L24&lt;4.5,ROUND(K24,0),L24)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N24" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F24="",G24=""),"",M24)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P24" s="3"/>
+    </row>
+    <row r="25" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A25" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="B25" s="19"/>
+      <c r="C25" s="19"/>
+      <c r="D25" s="15"/>
+      <c r="E25" s="26">
+        <f>(B25+C25+D25)/3</f>
         <v>0</v>
       </c>
-      <c r="M23" s="10">
-[...114 lines deleted...]
-      <c r="C26" s="20"/>
+      <c r="F25" s="23"/>
+      <c r="G25" s="23"/>
+      <c r="H25" s="23"/>
+      <c r="I25" s="22" t="e">
+        <f>#REF!+#REF!+F25+G25+H25</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J25" s="10" t="e">
+        <f>0.2*E25+0.8*I25</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K25" s="10" t="e">
+        <f>MAX(I25,J25)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L25" s="10" t="e">
+        <f>ROUND(K25*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M25" s="10" t="e">
+        <f>IF(L25&lt;4.5,ROUND(K25,0),L25)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N25" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F25="",G25=""),"",M25)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P25" s="3"/>
+    </row>
+    <row r="26" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A26" s="25" t="s">
+        <v>32</v>
+      </c>
+      <c r="B26" s="19"/>
+      <c r="C26" s="19"/>
       <c r="D26" s="15"/>
-      <c r="E26" s="27">
+      <c r="E26" s="26">
         <f>(B26+C26+D26)/3</f>
         <v>0</v>
       </c>
-      <c r="F26" s="24">
-[...11 lines deleted...]
-      <c r="J26" s="24">
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="23"/>
+      <c r="I26" s="22" t="e">
+        <f>#REF!+#REF!+F26+G26+H26</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J26" s="10" t="e">
+        <f>0.2*E26+0.8*I26</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K26" s="10" t="e">
+        <f>MAX(I26,J26)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L26" s="10" t="e">
+        <f>ROUND(K26*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M26" s="10" t="e">
+        <f>IF(L26&lt;4.5,ROUND(K26,0),L26)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N26" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F26="",G26=""),"",M26)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P26" s="3"/>
+    </row>
+    <row r="27" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A27" s="25" t="s">
+        <v>262</v>
+      </c>
+      <c r="B27" s="19"/>
+      <c r="C27" s="19"/>
+      <c r="D27" s="15"/>
+      <c r="E27" s="26">
+        <f>(B27+C27+D27)/3</f>
         <v>0</v>
       </c>
-      <c r="K26" s="23">
-[...78 lines deleted...]
-      <c r="C28" s="20"/>
+      <c r="F27" s="23"/>
+      <c r="G27" s="23"/>
+      <c r="H27" s="23"/>
+      <c r="I27" s="22" t="e">
+        <f>#REF!+#REF!+F27+G27+H27</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J27" s="10" t="e">
+        <f>0.2*E27+0.8*I27</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K27" s="10" t="e">
+        <f>MAX(I27,J27)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L27" s="10" t="e">
+        <f>ROUND(K27*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M27" s="10" t="e">
+        <f>IF(L27&lt;4.5,ROUND(K27,0),L27)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N27" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F27="",G27=""),"",M27)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P27" s="3"/>
+    </row>
+    <row r="28" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A28" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="B28" s="19"/>
+      <c r="C28" s="19"/>
       <c r="D28" s="15"/>
-      <c r="E28" s="27">
+      <c r="E28" s="26">
         <f>(B28+C28+D28)/3</f>
         <v>0</v>
       </c>
-      <c r="F28" s="24">
-[...45 lines deleted...]
-      <c r="C29" s="20"/>
+      <c r="F28" s="23"/>
+      <c r="G28" s="23"/>
+      <c r="H28" s="23"/>
+      <c r="I28" s="22" t="e">
+        <f>#REF!+#REF!+F28+G28+H28</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J28" s="10" t="e">
+        <f>0.2*E28+0.8*I28</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K28" s="10" t="e">
+        <f>MAX(I28,J28)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L28" s="10" t="e">
+        <f>ROUND(K28*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M28" s="10" t="e">
+        <f>IF(L28&lt;4.5,ROUND(K28,0),L28)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N28" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F28="",G28=""),"",M28)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P28" s="3"/>
+    </row>
+    <row r="29" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A29" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="19"/>
+      <c r="C29" s="19"/>
       <c r="D29" s="15"/>
-      <c r="E29" s="27">
+      <c r="E29" s="26">
         <f>(B29+C29+D29)/3</f>
         <v>0</v>
       </c>
-      <c r="F29" s="24"/>
-[...5 lines deleted...]
-        <f>F29+G29+H29+I29+J29</f>
+      <c r="F29" s="23"/>
+      <c r="G29" s="23"/>
+      <c r="H29" s="23"/>
+      <c r="I29" s="22" t="e">
+        <f>#REF!+#REF!+F29+G29+H29</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J29" s="10" t="e">
+        <f>0.2*E29+0.8*I29</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K29" s="10" t="e">
+        <f>MAX(I29,J29)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L29" s="10" t="e">
+        <f>ROUND(K29*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M29" s="10" t="e">
+        <f>IF(L29&lt;4.5,ROUND(K29,0),L29)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N29" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F29="",G29=""),"",M29)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P29" s="3"/>
+    </row>
+    <row r="30" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A30" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="B30" s="19"/>
+      <c r="C30" s="19"/>
+      <c r="D30" s="15"/>
+      <c r="E30" s="26">
+        <f>(B30+C30+D30)/3</f>
         <v>0</v>
       </c>
-      <c r="L29" s="10">
-        <f>0.2*E29+0.8*K29</f>
+      <c r="F30" s="23"/>
+      <c r="G30" s="23"/>
+      <c r="H30" s="23"/>
+      <c r="I30" s="22" t="e">
+        <f>#REF!+#REF!+F30+G30+H30</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J30" s="10" t="e">
+        <f>0.2*E30+0.8*I30</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K30" s="10" t="e">
+        <f>MAX(I30,J30)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L30" s="10" t="e">
+        <f>ROUND(K30*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M30" s="10" t="e">
+        <f>IF(L30&lt;4.5,ROUND(K30,0),L30)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N30" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F30="",G30=""),"",M30)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P30" s="3"/>
+    </row>
+    <row r="31" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A31" s="25" t="s">
+        <v>28</v>
+      </c>
+      <c r="B31" s="19"/>
+      <c r="C31" s="19"/>
+      <c r="D31" s="15"/>
+      <c r="E31" s="26">
+        <f>(B31+C31+D31)/3</f>
         <v>0</v>
       </c>
-      <c r="M29" s="10">
-        <f>MAX(K29,L29)</f>
+      <c r="F31" s="23"/>
+      <c r="G31" s="23"/>
+      <c r="H31" s="23"/>
+      <c r="I31" s="22" t="e">
+        <f>#REF!+#REF!+F31+G31+H31</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J31" s="10" t="e">
+        <f>0.2*E31+0.8*I31</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K31" s="10" t="e">
+        <f>MAX(I31,J31)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L31" s="10" t="e">
+        <f>ROUND(K31*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M31" s="10" t="e">
+        <f>IF(L31&lt;4.5,ROUND(K31,0),L31)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N31" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F31="",G31=""),"",M31)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P31" s="3"/>
+    </row>
+    <row r="32" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A32" s="25" t="s">
+        <v>155</v>
+      </c>
+      <c r="B32" s="19"/>
+      <c r="C32" s="19"/>
+      <c r="D32" s="15"/>
+      <c r="E32" s="26">
+        <f>(B32+C32+D32)/3</f>
         <v>0</v>
       </c>
-      <c r="N29" s="10">
-[...160 lines deleted...]
-      <c r="C33" s="20"/>
+      <c r="F32" s="23"/>
+      <c r="G32" s="23"/>
+      <c r="H32" s="23"/>
+      <c r="I32" s="22" t="e">
+        <f>#REF!+#REF!+F32+G32+H32</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J32" s="10" t="e">
+        <f>0.2*E32+0.8*I32</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K32" s="10" t="e">
+        <f>MAX(I32,J32)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L32" s="10" t="e">
+        <f>ROUND(K32*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M32" s="10" t="e">
+        <f>IF(L32&lt;4.5,ROUND(K32,0),L32)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N32" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F32="",G32=""),"",M32)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P32" s="3"/>
+    </row>
+    <row r="33" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A33" s="25" t="s">
+        <v>49</v>
+      </c>
+      <c r="B33" s="19"/>
+      <c r="C33" s="19"/>
       <c r="D33" s="15"/>
-      <c r="E33" s="27">
+      <c r="E33" s="26">
         <f>(B33+C33+D33)/3</f>
         <v>0</v>
       </c>
-      <c r="F33" s="24"/>
-[...5 lines deleted...]
-        <f>F33+G33+H33+I33+J33</f>
+      <c r="F33" s="23"/>
+      <c r="G33" s="23"/>
+      <c r="H33" s="23"/>
+      <c r="I33" s="22" t="e">
+        <f>#REF!+#REF!+F33+G33+H33</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J33" s="10" t="e">
+        <f>0.2*E33+0.8*I33</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K33" s="10" t="e">
+        <f>MAX(I33,J33)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L33" s="10" t="e">
+        <f>ROUND(K33*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M33" s="10" t="e">
+        <f>IF(L33&lt;4.5,ROUND(K33,0),L33)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N33" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F33="",G33=""),"",M33)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P33" s="3"/>
+    </row>
+    <row r="34" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A34" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="B34" s="19"/>
+      <c r="C34" s="19"/>
+      <c r="D34" s="15"/>
+      <c r="E34" s="26">
+        <f>(B34+C34+D34)/3</f>
         <v>0</v>
       </c>
-      <c r="L33" s="10">
-        <f>0.2*E33+0.8*K33</f>
+      <c r="F34" s="23"/>
+      <c r="G34" s="23"/>
+      <c r="H34" s="23"/>
+      <c r="I34" s="22" t="e">
+        <f>#REF!+#REF!+F34+G34+H34</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J34" s="10" t="e">
+        <f>0.2*E34+0.8*I34</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K34" s="10" t="e">
+        <f>MAX(I34,J34)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L34" s="10" t="e">
+        <f>ROUND(K34*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M34" s="10" t="e">
+        <f>IF(L34&lt;4.5,ROUND(K34,0),L34)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N34" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F34="",G34=""),"",M34)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P34" s="3"/>
+    </row>
+    <row r="35" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A35" s="25" t="s">
+        <v>39</v>
+      </c>
+      <c r="B35" s="19">
+        <v>9.5</v>
+      </c>
+      <c r="C35" s="19"/>
+      <c r="D35" s="15"/>
+      <c r="E35" s="26">
+        <f>(B35+C35+D35)/3</f>
+        <v>3.1666666666666665</v>
+      </c>
+      <c r="F35" s="23"/>
+      <c r="G35" s="23"/>
+      <c r="H35" s="23"/>
+      <c r="I35" s="22" t="e">
+        <f>#REF!+#REF!+F35+G35+H35</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J35" s="10" t="e">
+        <f>0.2*E35+0.8*I35</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K35" s="10" t="e">
+        <f>MAX(I35,J35)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L35" s="10" t="e">
+        <f>ROUND(K35*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M35" s="10" t="e">
+        <f>IF(L35&lt;4.5,ROUND(K35,0),L35)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N35" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F35="",G35=""),"",M35)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P35" s="3"/>
+    </row>
+    <row r="36" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A36" s="25" t="s">
+        <v>18</v>
+      </c>
+      <c r="B36" s="19"/>
+      <c r="C36" s="19"/>
+      <c r="D36" s="15"/>
+      <c r="E36" s="26">
+        <f>(B36+C36+D36)/3</f>
         <v>0</v>
       </c>
-      <c r="M33" s="10">
-        <f>MAX(K33,L33)</f>
+      <c r="F36" s="23"/>
+      <c r="G36" s="23"/>
+      <c r="H36" s="23"/>
+      <c r="I36" s="22" t="e">
+        <f>#REF!+#REF!+F36+G36+H36</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J36" s="10" t="e">
+        <f>0.2*E36+0.8*I36</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K36" s="10" t="e">
+        <f>MAX(I36,J36)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L36" s="10" t="e">
+        <f>ROUND(K36*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M36" s="10" t="e">
+        <f>IF(L36&lt;4.5,ROUND(K36,0),L36)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N36" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F36="",G36=""),"",M36)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P36" s="3"/>
+    </row>
+    <row r="37" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A37" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="B37" s="19"/>
+      <c r="C37" s="19"/>
+      <c r="D37" s="15"/>
+      <c r="E37" s="26">
+        <f>(B37+C37+D37)/3</f>
         <v>0</v>
       </c>
-      <c r="N33" s="10">
-[...210 lines deleted...]
-      <c r="C38" s="20"/>
+      <c r="F37" s="23"/>
+      <c r="G37" s="23"/>
+      <c r="H37" s="23"/>
+      <c r="I37" s="22" t="e">
+        <f>#REF!+#REF!+F37+G37+H37</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J37" s="10" t="e">
+        <f>0.2*E37+0.8*I37</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K37" s="10" t="e">
+        <f>MAX(I37,J37)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L37" s="10" t="e">
+        <f>ROUND(K37*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M37" s="10" t="e">
+        <f>IF(L37&lt;4.5,ROUND(K37,0),L37)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N37" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F37="",G37=""),"",M37)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P37" s="3"/>
+    </row>
+    <row r="38" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A38" s="25" t="s">
+        <v>34</v>
+      </c>
+      <c r="B38" s="19"/>
+      <c r="C38" s="19"/>
       <c r="D38" s="15"/>
-      <c r="E38" s="27">
+      <c r="E38" s="26">
         <f>(B38+C38+D38)/3</f>
         <v>0</v>
       </c>
-      <c r="F38" s="24"/>
-[...5 lines deleted...]
-        <f>F38+G38+H38+I38+J38</f>
+      <c r="F38" s="23"/>
+      <c r="G38" s="23"/>
+      <c r="H38" s="23"/>
+      <c r="I38" s="22" t="e">
+        <f>#REF!+#REF!+F38+G38+H38</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J38" s="10" t="e">
+        <f>0.2*E38+0.8*I38</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K38" s="10" t="e">
+        <f>MAX(I38,J38)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L38" s="10" t="e">
+        <f>ROUND(K38*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M38" s="10" t="e">
+        <f>IF(L38&lt;4.5,ROUND(K38,0),L38)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N38" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F38="",G38=""),"",M38)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P38" s="3"/>
+    </row>
+    <row r="39" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A39" s="25" t="s">
+        <v>31</v>
+      </c>
+      <c r="B39" s="19"/>
+      <c r="C39" s="19"/>
+      <c r="D39" s="15"/>
+      <c r="E39" s="26">
+        <f>(B39+C39+D39)/3</f>
         <v>0</v>
       </c>
-      <c r="L38" s="10">
-[...74 lines deleted...]
-      <c r="C40" s="20"/>
+      <c r="F39" s="23"/>
+      <c r="G39" s="23"/>
+      <c r="H39" s="23"/>
+      <c r="I39" s="22" t="e">
+        <f>#REF!+#REF!+F39+G39+H39</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J39" s="10" t="e">
+        <f>0.2*E39+0.8*I39</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K39" s="10" t="e">
+        <f>MAX(I39,J39)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L39" s="10" t="e">
+        <f>ROUND(K39*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M39" s="10" t="e">
+        <f>IF(L39&lt;4.5,ROUND(K39,0),L39)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N39" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F39="",G39=""),"",M39)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P39" s="3"/>
+    </row>
+    <row r="40" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A40" s="25" t="s">
+        <v>23</v>
+      </c>
+      <c r="B40" s="19"/>
+      <c r="C40" s="19"/>
       <c r="D40" s="15"/>
-      <c r="E40" s="27">
+      <c r="E40" s="26">
         <f>(B40+C40+D40)/3</f>
         <v>0</v>
       </c>
-      <c r="F40" s="24"/>
-[...5 lines deleted...]
-        <f>F40+G40+H40+I40+J40</f>
+      <c r="F40" s="23"/>
+      <c r="G40" s="23"/>
+      <c r="H40" s="23"/>
+      <c r="I40" s="22" t="e">
+        <f>#REF!+#REF!+F40+G40+H40</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J40" s="10" t="e">
+        <f>0.2*E40+0.8*I40</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K40" s="10" t="e">
+        <f>MAX(I40,J40)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L40" s="10" t="e">
+        <f>ROUND(K40*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M40" s="10" t="e">
+        <f>IF(L40&lt;4.5,ROUND(K40,0),L40)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N40" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F40="",G40=""),"",M40)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P40" s="3"/>
+    </row>
+    <row r="41" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A41" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="B41" s="19"/>
+      <c r="C41" s="19"/>
+      <c r="D41" s="15"/>
+      <c r="E41" s="26">
+        <f>(B41+C41+D41)/3</f>
         <v>0</v>
       </c>
-      <c r="L40" s="10">
-        <f>0.2*E40+0.8*K40</f>
+      <c r="F41" s="23"/>
+      <c r="G41" s="23"/>
+      <c r="H41" s="23"/>
+      <c r="I41" s="22" t="e">
+        <f>#REF!+#REF!+F41+G41+H41</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J41" s="10" t="e">
+        <f>0.2*E41+0.8*I41</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K41" s="10" t="e">
+        <f>MAX(I41,J41)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L41" s="10" t="e">
+        <f>ROUND(K41*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M41" s="10" t="e">
+        <f>IF(L41&lt;4.5,ROUND(K41,0),L41)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N41" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F41="",G41=""),"",M41)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P41" s="3"/>
+    </row>
+    <row r="42" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A42" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="B42" s="19"/>
+      <c r="C42" s="19"/>
+      <c r="D42" s="15"/>
+      <c r="E42" s="26">
+        <f>(B42+C42+D42)/3</f>
         <v>0</v>
       </c>
-      <c r="M40" s="10">
-        <f>MAX(K40,L40)</f>
+      <c r="F42" s="23"/>
+      <c r="G42" s="23"/>
+      <c r="H42" s="23"/>
+      <c r="I42" s="22" t="e">
+        <f>#REF!+#REF!+F42+G42+H42</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J42" s="10" t="e">
+        <f>0.2*E42+0.8*I42</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K42" s="10" t="e">
+        <f>MAX(I42,J42)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L42" s="10" t="e">
+        <f>ROUND(K42*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M42" s="10" t="e">
+        <f>IF(L42&lt;4.5,ROUND(K42,0),L42)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N42" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F42="",G42=""),"",M42)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P42" s="3"/>
+    </row>
+    <row r="43" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A43" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="B43" s="19"/>
+      <c r="C43" s="19"/>
+      <c r="D43" s="15"/>
+      <c r="E43" s="26">
+        <f>(B43+C43+D43)/3</f>
         <v>0</v>
       </c>
-      <c r="N40" s="10">
-[...158 lines deleted...]
-      <c r="C44" s="20"/>
+      <c r="F43" s="23"/>
+      <c r="G43" s="23"/>
+      <c r="H43" s="23"/>
+      <c r="I43" s="22" t="e">
+        <f>#REF!+#REF!+F43+G43+H43</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J43" s="10" t="e">
+        <f>0.2*E43+0.8*I43</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K43" s="10" t="e">
+        <f>MAX(I43,J43)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L43" s="10" t="e">
+        <f>ROUND(K43*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M43" s="10" t="e">
+        <f>IF(L43&lt;4.5,ROUND(K43,0),L43)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N43" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F43="",G43=""),"",M43)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P43" s="3"/>
+    </row>
+    <row r="44" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A44" s="25" t="s">
+        <v>37</v>
+      </c>
+      <c r="B44" s="19"/>
+      <c r="C44" s="19"/>
       <c r="D44" s="15"/>
-      <c r="E44" s="27">
+      <c r="E44" s="26">
         <f>(B44+C44+D44)/3</f>
         <v>0</v>
       </c>
-      <c r="F44" s="24"/>
-[...5 lines deleted...]
-        <f>F44+G44+H44+I44+J44</f>
+      <c r="F44" s="23"/>
+      <c r="G44" s="23"/>
+      <c r="H44" s="23"/>
+      <c r="I44" s="22" t="e">
+        <f>#REF!+#REF!+F44+G44+H44</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J44" s="10" t="e">
+        <f>0.2*E44+0.8*I44</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K44" s="10" t="e">
+        <f>MAX(I44,J44)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L44" s="10" t="e">
+        <f>ROUND(K44*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M44" s="10" t="e">
+        <f>IF(L44&lt;4.5,ROUND(K44,0),L44)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N44" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F44="",G44=""),"",M44)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P44" s="3"/>
+    </row>
+    <row r="45" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A45" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="B45" s="19"/>
+      <c r="C45" s="19"/>
+      <c r="D45" s="15"/>
+      <c r="E45" s="26">
+        <f>(B45+C45+D45)/3</f>
         <v>0</v>
       </c>
-      <c r="L44" s="10">
-        <f>0.2*E44+0.8*K44</f>
+      <c r="F45" s="23"/>
+      <c r="G45" s="23"/>
+      <c r="H45" s="23"/>
+      <c r="I45" s="22" t="e">
+        <f>#REF!+#REF!+F45+G45+H45</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J45" s="10" t="e">
+        <f>0.2*E45+0.8*I45</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K45" s="10" t="e">
+        <f>MAX(I45,J45)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L45" s="10" t="e">
+        <f>ROUND(K45*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M45" s="10" t="e">
+        <f>IF(L45&lt;4.5,ROUND(K45,0),L45)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N45" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F45="",G45=""),"",M45)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P45" s="3"/>
+    </row>
+    <row r="46" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A46" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="B46" s="19">
+        <v>10</v>
+      </c>
+      <c r="C46" s="19"/>
+      <c r="D46" s="15"/>
+      <c r="E46" s="26">
+        <f>(B46+C46+D46)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F46" s="23"/>
+      <c r="G46" s="23"/>
+      <c r="H46" s="23"/>
+      <c r="I46" s="22" t="e">
+        <f>#REF!+#REF!+F46+G46+H46</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J46" s="10" t="e">
+        <f>0.2*E46+0.8*I46</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K46" s="10" t="e">
+        <f>MAX(I46,J46)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L46" s="10" t="e">
+        <f>ROUND(K46*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M46" s="10" t="e">
+        <f>IF(L46&lt;4.5,ROUND(K46,0),L46)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N46" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F46="",G46=""),"",M46)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P46" s="3"/>
+    </row>
+    <row r="47" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A47" s="25" t="s">
+        <v>51</v>
+      </c>
+      <c r="B47" s="19">
+        <v>10</v>
+      </c>
+      <c r="C47" s="19"/>
+      <c r="D47" s="15"/>
+      <c r="E47" s="26">
+        <f>(B47+C47+D47)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F47" s="23"/>
+      <c r="G47" s="23"/>
+      <c r="H47" s="23"/>
+      <c r="I47" s="22" t="e">
+        <f>#REF!+#REF!+F47+G47+H47</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J47" s="10" t="e">
+        <f>0.2*E47+0.8*I47</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K47" s="10" t="e">
+        <f>MAX(I47,J47)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L47" s="10" t="e">
+        <f>ROUND(K47*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M47" s="10" t="e">
+        <f>IF(L47&lt;4.5,ROUND(K47,0),L47)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N47" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F47="",G47=""),"",M47)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P47" s="3"/>
+    </row>
+    <row r="48" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A48" s="25" t="s">
+        <v>233</v>
+      </c>
+      <c r="B48" s="19"/>
+      <c r="C48" s="19"/>
+      <c r="D48" s="15"/>
+      <c r="E48" s="26">
+        <f>(B48+C48+D48)/3</f>
         <v>0</v>
       </c>
-      <c r="M44" s="10">
-[...62 lines deleted...]
-      <c r="A46" s="26" t="s">
+      <c r="F48" s="23"/>
+      <c r="G48" s="23"/>
+      <c r="H48" s="23"/>
+      <c r="I48" s="22" t="e">
+        <f>#REF!+#REF!+F48+G48+H48</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J48" s="10" t="e">
+        <f>0.2*E48+0.8*I48</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K48" s="10" t="e">
+        <f>MAX(I48,J48)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L48" s="10" t="e">
+        <f>ROUND(K48*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M48" s="10" t="e">
+        <f>IF(L48&lt;4.5,ROUND(K48,0),L48)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N48" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F48="",G48=""),"",M48)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P48" s="3"/>
+    </row>
+    <row r="49" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A49" s="25" t="s">
         <v>19</v>
       </c>
-      <c r="B46" s="20"/>
-[...138 lines deleted...]
-      <c r="C49" s="20"/>
+      <c r="B49" s="19"/>
+      <c r="C49" s="19"/>
       <c r="D49" s="15"/>
-      <c r="E49" s="27">
+      <c r="E49" s="26">
         <f>(B49+C49+D49)/3</f>
         <v>0</v>
       </c>
-      <c r="F49" s="24"/>
-[...43 lines deleted...]
-      <c r="E50" s="27">
+      <c r="F49" s="23"/>
+      <c r="G49" s="23"/>
+      <c r="H49" s="23"/>
+      <c r="I49" s="22" t="e">
+        <f>#REF!+#REF!+F49+G49+H49</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J49" s="10" t="e">
+        <f>0.2*E49+0.8*I49</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K49" s="10" t="e">
+        <f>MAX(I49,J49)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L49" s="10" t="e">
+        <f>ROUND(K49*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M49" s="10" t="e">
+        <f>IF(L49&lt;4.5,ROUND(K49,0),L49)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N49" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F49="",G49=""),"",M49)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P49" s="3"/>
+    </row>
+    <row r="50" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A50" s="25" t="s">
+        <v>184</v>
+      </c>
+      <c r="B50" s="19">
+        <v>10</v>
+      </c>
+      <c r="C50" s="19"/>
+      <c r="D50" s="15"/>
+      <c r="E50" s="26">
         <f>(B50+C50+D50)/3</f>
-        <v>10</v>
-[...37 lines deleted...]
-      <c r="C51" s="20"/>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F50" s="23"/>
+      <c r="G50" s="23"/>
+      <c r="H50" s="23"/>
+      <c r="I50" s="22" t="e">
+        <f>#REF!+#REF!+F50+G50+H50</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J50" s="10" t="e">
+        <f>0.2*E50+0.8*I50</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K50" s="10" t="e">
+        <f>MAX(I50,J50)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L50" s="10" t="e">
+        <f>ROUND(K50*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M50" s="10" t="e">
+        <f>IF(L50&lt;4.5,ROUND(K50,0),L50)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N50" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F50="",G50=""),"",M50)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P50" s="3"/>
+    </row>
+    <row r="51" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A51" s="25" t="s">
+        <v>243</v>
+      </c>
+      <c r="B51" s="19"/>
+      <c r="C51" s="19"/>
       <c r="D51" s="15"/>
-      <c r="E51" s="27">
+      <c r="E51" s="26">
         <f>(B51+C51+D51)/3</f>
         <v>0</v>
       </c>
-      <c r="F51" s="24">
-[...45 lines deleted...]
-      <c r="C52" s="20"/>
+      <c r="F51" s="23"/>
+      <c r="G51" s="23"/>
+      <c r="H51" s="23"/>
+      <c r="I51" s="22" t="e">
+        <f>#REF!+#REF!+F51+G51+H51</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J51" s="10" t="e">
+        <f>0.2*E51+0.8*I51</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K51" s="10" t="e">
+        <f>MAX(I51,J51)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L51" s="10" t="e">
+        <f>ROUND(K51*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M51" s="10" t="e">
+        <f>IF(L51&lt;4.5,ROUND(K51,0),L51)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N51" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F51="",G51=""),"",M51)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P51" s="3"/>
+    </row>
+    <row r="52" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A52" s="25" t="s">
+        <v>38</v>
+      </c>
+      <c r="B52" s="19"/>
+      <c r="C52" s="19"/>
       <c r="D52" s="15"/>
-      <c r="E52" s="27">
+      <c r="E52" s="26">
         <f>(B52+C52+D52)/3</f>
         <v>0</v>
       </c>
-      <c r="F52" s="24"/>
-[...35 lines deleted...]
-      <c r="C53" s="20"/>
+      <c r="F52" s="23"/>
+      <c r="G52" s="23"/>
+      <c r="H52" s="23"/>
+      <c r="I52" s="22" t="e">
+        <f>#REF!+#REF!+F52+G52+H52</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J52" s="10" t="e">
+        <f>0.2*E52+0.8*I52</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K52" s="10" t="e">
+        <f>MAX(I52,J52)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L52" s="10" t="e">
+        <f>ROUND(K52*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M52" s="10" t="e">
+        <f>IF(L52&lt;4.5,ROUND(K52,0),L52)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N52" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F52="",G52=""),"",M52)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P52" s="3"/>
+    </row>
+    <row r="53" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A53" s="25" t="s">
+        <v>47</v>
+      </c>
+      <c r="B53" s="19"/>
+      <c r="C53" s="19"/>
       <c r="D53" s="15"/>
-      <c r="E53" s="27">
+      <c r="E53" s="26">
         <f>(B53+C53+D53)/3</f>
         <v>0</v>
       </c>
-      <c r="F53" s="24"/>
-[...5 lines deleted...]
-        <f>F53+G53+H53+I53+J53</f>
+      <c r="F53" s="23"/>
+      <c r="G53" s="23"/>
+      <c r="H53" s="23"/>
+      <c r="I53" s="22" t="e">
+        <f>#REF!+#REF!+F53+G53+H53</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J53" s="10" t="e">
+        <f>0.2*E53+0.8*I53</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K53" s="10" t="e">
+        <f>MAX(I53,J53)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L53" s="10" t="e">
+        <f>ROUND(K53*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M53" s="10" t="e">
+        <f>IF(L53&lt;4.5,ROUND(K53,0),L53)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N53" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F53="",G53=""),"",M53)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P53" s="3"/>
+    </row>
+    <row r="54" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A54" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="B54" s="19"/>
+      <c r="C54" s="19"/>
+      <c r="D54" s="15"/>
+      <c r="E54" s="26">
+        <f>(B54+C54+D54)/3</f>
         <v>0</v>
       </c>
-      <c r="L53" s="10">
-        <f>0.2*E53+0.8*K53</f>
+      <c r="F54" s="23"/>
+      <c r="G54" s="23"/>
+      <c r="H54" s="23"/>
+      <c r="I54" s="22" t="e">
+        <f>#REF!+#REF!+F54+G54+H54</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J54" s="10" t="e">
+        <f>0.2*E54+0.8*I54</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K54" s="10" t="e">
+        <f>MAX(I54,J54)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L54" s="10" t="e">
+        <f>ROUND(K54*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M54" s="10" t="e">
+        <f>IF(L54&lt;4.5,ROUND(K54,0),L54)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N54" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F54="",G54=""),"",M54)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P54" s="3"/>
+    </row>
+    <row r="55" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A55" s="25" t="s">
+        <v>156</v>
+      </c>
+      <c r="B55" s="19"/>
+      <c r="C55" s="19"/>
+      <c r="D55" s="15"/>
+      <c r="E55" s="26">
+        <f>(B55+C55+D55)/3</f>
         <v>0</v>
       </c>
-      <c r="M53" s="10">
-[...116 lines deleted...]
-      <c r="C56" s="20"/>
+      <c r="F55" s="23"/>
+      <c r="G55" s="23"/>
+      <c r="H55" s="23"/>
+      <c r="I55" s="22" t="e">
+        <f>#REF!+#REF!+F55+G55+H55</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J55" s="10" t="e">
+        <f>0.2*E55+0.8*I55</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K55" s="10" t="e">
+        <f>MAX(I55,J55)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L55" s="10" t="e">
+        <f>ROUND(K55*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M55" s="10" t="e">
+        <f>IF(L55&lt;4.5,ROUND(K55,0),L55)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N55" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F55="",G55=""),"",M55)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P55" s="3"/>
+    </row>
+    <row r="56" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A56" s="25" t="s">
+        <v>159</v>
+      </c>
+      <c r="B56" s="19"/>
+      <c r="C56" s="19"/>
       <c r="D56" s="15"/>
-      <c r="E56" s="27">
+      <c r="E56" s="26">
         <f>(B56+C56+D56)/3</f>
         <v>0</v>
       </c>
-      <c r="F56" s="24"/>
-[...5 lines deleted...]
-        <f>F56+G56+H56+I56+J56</f>
+      <c r="F56" s="23"/>
+      <c r="G56" s="23"/>
+      <c r="H56" s="23"/>
+      <c r="I56" s="22" t="e">
+        <f>#REF!+#REF!+F56+G56+H56</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J56" s="10" t="e">
+        <f>0.2*E56+0.8*I56</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K56" s="10" t="e">
+        <f>MAX(I56,J56)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L56" s="10" t="e">
+        <f>ROUND(K56*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M56" s="10" t="e">
+        <f>IF(L56&lt;4.5,ROUND(K56,0),L56)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N56" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F56="",G56=""),"",M56)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P56" s="3"/>
+    </row>
+    <row r="57" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A57" s="25" t="s">
+        <v>42</v>
+      </c>
+      <c r="B57" s="19"/>
+      <c r="C57" s="19"/>
+      <c r="D57" s="15"/>
+      <c r="E57" s="26">
+        <f>(B57+C57+D57)/3</f>
         <v>0</v>
       </c>
-      <c r="L56" s="10">
-[...74 lines deleted...]
-      <c r="C58" s="20"/>
+      <c r="F57" s="23"/>
+      <c r="G57" s="23"/>
+      <c r="H57" s="23"/>
+      <c r="I57" s="22" t="e">
+        <f>#REF!+#REF!+F57+G57+H57</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J57" s="10" t="e">
+        <f>0.2*E57+0.8*I57</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K57" s="10" t="e">
+        <f>MAX(I57,J57)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L57" s="10" t="e">
+        <f>ROUND(K57*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M57" s="10" t="e">
+        <f>IF(L57&lt;4.5,ROUND(K57,0),L57)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N57" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F57="",G57=""),"",M57)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P57" s="3"/>
+    </row>
+    <row r="58" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A58" s="25" t="s">
+        <v>46</v>
+      </c>
+      <c r="B58" s="19"/>
+      <c r="C58" s="19"/>
       <c r="D58" s="15"/>
-      <c r="E58" s="27">
+      <c r="E58" s="26">
         <f>(B58+C58+D58)/3</f>
         <v>0</v>
       </c>
-      <c r="F58" s="24"/>
-[...5 lines deleted...]
-        <f>F58+G58+H58+I58+J58</f>
+      <c r="F58" s="23"/>
+      <c r="G58" s="23"/>
+      <c r="H58" s="23"/>
+      <c r="I58" s="22" t="e">
+        <f>#REF!+#REF!+F58+G58+H58</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J58" s="10" t="e">
+        <f>0.2*E58+0.8*I58</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K58" s="10" t="e">
+        <f>MAX(I58,J58)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L58" s="10" t="e">
+        <f>ROUND(K58*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M58" s="10" t="e">
+        <f>IF(L58&lt;4.5,ROUND(K58,0),L58)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N58" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F58="",G58=""),"",M58)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P58" s="3"/>
+    </row>
+    <row r="59" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A59" s="25" t="s">
+        <v>211</v>
+      </c>
+      <c r="B59" s="19"/>
+      <c r="C59" s="19"/>
+      <c r="D59" s="15"/>
+      <c r="E59" s="26">
+        <f>(B59+C59+D59)/3</f>
         <v>0</v>
       </c>
-      <c r="L58" s="10">
-        <f>0.2*E58+0.8*K58</f>
+      <c r="F59" s="23"/>
+      <c r="G59" s="23"/>
+      <c r="H59" s="23"/>
+      <c r="I59" s="22" t="e">
+        <f>#REF!+#REF!+F59+G59+H59</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J59" s="10" t="e">
+        <f>0.2*E59+0.8*I59</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K59" s="10" t="e">
+        <f>MAX(I59,J59)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L59" s="10" t="e">
+        <f>ROUND(K59*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M59" s="10" t="e">
+        <f>IF(L59&lt;4.5,ROUND(K59,0),L59)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N59" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F59="",G59=""),"",M59)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P59" s="3"/>
+    </row>
+    <row r="60" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A60" s="25" t="s">
+        <v>44</v>
+      </c>
+      <c r="B60" s="19"/>
+      <c r="C60" s="19"/>
+      <c r="D60" s="15"/>
+      <c r="E60" s="26">
+        <f>(B60+C60+D60)/3</f>
         <v>0</v>
       </c>
-      <c r="M58" s="10">
-        <f>MAX(K58,L58)</f>
+      <c r="F60" s="23"/>
+      <c r="G60" s="23"/>
+      <c r="H60" s="23"/>
+      <c r="I60" s="22" t="e">
+        <f>#REF!+#REF!+F60+G60+H60</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J60" s="10" t="e">
+        <f>0.2*E60+0.8*I60</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K60" s="10" t="e">
+        <f>MAX(I60,J60)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L60" s="10" t="e">
+        <f>ROUND(K60*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M60" s="10" t="e">
+        <f>IF(L60&lt;4.5,ROUND(K60,0),L60)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N60" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F60="",G60=""),"",M60)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P60" s="3"/>
+    </row>
+    <row r="61" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A61" s="25" t="s">
+        <v>45</v>
+      </c>
+      <c r="B61" s="19"/>
+      <c r="C61" s="19"/>
+      <c r="D61" s="15"/>
+      <c r="E61" s="26">
+        <f>(B61+C61+D61)/3</f>
         <v>0</v>
       </c>
-      <c r="N58" s="10">
-        <f>ROUND(M58*2,0)/2</f>
+      <c r="F61" s="23"/>
+      <c r="G61" s="23"/>
+      <c r="H61" s="23"/>
+      <c r="I61" s="22" t="e">
+        <f>#REF!+#REF!+F61+G61+H61</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J61" s="10" t="e">
+        <f>0.2*E61+0.8*I61</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K61" s="10" t="e">
+        <f>MAX(I61,J61)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L61" s="10" t="e">
+        <f>ROUND(K61*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M61" s="10" t="e">
+        <f>IF(L61&lt;4.5,ROUND(K61,0),L61)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N61" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F61="",G61=""),"",M61)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P61" s="3"/>
+    </row>
+    <row r="62" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A62" s="25" t="s">
+        <v>191</v>
+      </c>
+      <c r="B62" s="19"/>
+      <c r="C62" s="19"/>
+      <c r="D62" s="15"/>
+      <c r="E62" s="26">
+        <f>(B62+C62+D62)/3</f>
         <v>0</v>
       </c>
-      <c r="O58" s="10">
-        <f>IF(N58&lt;4.5,ROUND(M58,0),N58)</f>
+      <c r="F62" s="23"/>
+      <c r="G62" s="23"/>
+      <c r="H62" s="23"/>
+      <c r="I62" s="22" t="e">
+        <f>#REF!+#REF!+F62+G62+H62</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J62" s="10" t="e">
+        <f>0.2*E62+0.8*I62</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K62" s="10" t="e">
+        <f>MAX(I62,J62)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L62" s="10" t="e">
+        <f>ROUND(K62*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M62" s="10" t="e">
+        <f>IF(L62&lt;4.5,ROUND(K62,0),L62)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N62" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F62="",G62=""),"",M62)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P62" s="3"/>
+    </row>
+    <row r="63" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A63" s="25" t="s">
+        <v>64</v>
+      </c>
+      <c r="B63" s="19"/>
+      <c r="C63" s="19"/>
+      <c r="D63" s="15"/>
+      <c r="E63" s="26">
+        <f>(B63+C63+D63)/3</f>
         <v>0</v>
       </c>
-      <c r="P58" s="9" t="str">
-[...28 lines deleted...]
-        <f>F59+G59+H59+I59+J59</f>
+      <c r="F63" s="23"/>
+      <c r="G63" s="23"/>
+      <c r="H63" s="23"/>
+      <c r="I63" s="22" t="e">
+        <f>#REF!+#REF!+F63+G63+H63</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J63" s="10" t="e">
+        <f>0.2*E63+0.8*I63</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K63" s="10" t="e">
+        <f>MAX(I63,J63)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L63" s="10" t="e">
+        <f>ROUND(K63*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M63" s="10" t="e">
+        <f>IF(L63&lt;4.5,ROUND(K63,0),L63)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N63" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F63="",G63=""),"",M63)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P63" s="3"/>
+    </row>
+    <row r="64" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A64" s="25" t="s">
+        <v>59</v>
+      </c>
+      <c r="B64" s="19"/>
+      <c r="C64" s="19"/>
+      <c r="D64" s="15"/>
+      <c r="E64" s="26">
+        <f>(B64+C64+D64)/3</f>
         <v>0</v>
       </c>
-      <c r="L59" s="10">
-[...272 lines deleted...]
-      <c r="C65" s="20"/>
+      <c r="F64" s="23"/>
+      <c r="G64" s="23"/>
+      <c r="H64" s="23"/>
+      <c r="I64" s="22" t="e">
+        <f>#REF!+#REF!+F64+G64+H64</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J64" s="10" t="e">
+        <f>0.2*E64+0.8*I64</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K64" s="10" t="e">
+        <f>MAX(I64,J64)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L64" s="10" t="e">
+        <f>ROUND(K64*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M64" s="10" t="e">
+        <f>IF(L64&lt;4.5,ROUND(K64,0),L64)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N64" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F64="",G64=""),"",M64)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P64" s="3"/>
+    </row>
+    <row r="65" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A65" s="25" t="s">
+        <v>60</v>
+      </c>
+      <c r="B65" s="19"/>
+      <c r="C65" s="19"/>
       <c r="D65" s="15"/>
-      <c r="E65" s="27">
+      <c r="E65" s="26">
         <f>(B65+C65+D65)/3</f>
         <v>0</v>
       </c>
-      <c r="F65" s="24"/>
-[...5 lines deleted...]
-        <f>F65+G65+H65+I65+J65</f>
+      <c r="F65" s="23"/>
+      <c r="G65" s="23"/>
+      <c r="H65" s="23"/>
+      <c r="I65" s="22" t="e">
+        <f>#REF!+#REF!+F65+G65+H65</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J65" s="10" t="e">
+        <f>0.2*E65+0.8*I65</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K65" s="10" t="e">
+        <f>MAX(I65,J65)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L65" s="10" t="e">
+        <f>ROUND(K65*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M65" s="10" t="e">
+        <f>IF(L65&lt;4.5,ROUND(K65,0),L65)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N65" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F65="",G65=""),"",M65)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P65" s="3"/>
+    </row>
+    <row r="66" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A66" s="25" t="s">
+        <v>67</v>
+      </c>
+      <c r="B66" s="19"/>
+      <c r="C66" s="19"/>
+      <c r="D66" s="15"/>
+      <c r="E66" s="26">
+        <f>(B66+C66+D66)/3</f>
         <v>0</v>
       </c>
-      <c r="L65" s="10">
-        <f>0.2*E65+0.8*K65</f>
+      <c r="F66" s="23"/>
+      <c r="G66" s="23"/>
+      <c r="H66" s="23"/>
+      <c r="I66" s="22" t="e">
+        <f>#REF!+#REF!+F66+G66+H66</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J66" s="10" t="e">
+        <f>0.2*E66+0.8*I66</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K66" s="10" t="e">
+        <f>MAX(I66,J66)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L66" s="10" t="e">
+        <f>ROUND(K66*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M66" s="10" t="e">
+        <f>IF(L66&lt;4.5,ROUND(K66,0),L66)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N66" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F66="",G66=""),"",M66)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P66" s="3"/>
+    </row>
+    <row r="67" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A67" s="25" t="s">
+        <v>270</v>
+      </c>
+      <c r="B67" s="19"/>
+      <c r="C67" s="19"/>
+      <c r="D67" s="15"/>
+      <c r="E67" s="26">
+        <f>(B67+C67+D67)/3</f>
         <v>0</v>
       </c>
-      <c r="M65" s="10">
-        <f>MAX(K65,L65)</f>
+      <c r="F67" s="23"/>
+      <c r="G67" s="23"/>
+      <c r="H67" s="23"/>
+      <c r="I67" s="22" t="e">
+        <f>#REF!+#REF!+F67+G67+H67</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J67" s="10" t="e">
+        <f>0.2*E67+0.8*I67</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K67" s="10" t="e">
+        <f>MAX(I67,J67)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L67" s="10" t="e">
+        <f>ROUND(K67*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M67" s="10" t="e">
+        <f>IF(L67&lt;4.5,ROUND(K67,0),L67)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N67" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F67="",G67=""),"",M67)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P67" s="3"/>
+    </row>
+    <row r="68" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A68" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B68" s="19">
+        <v>10</v>
+      </c>
+      <c r="C68" s="19"/>
+      <c r="D68" s="15"/>
+      <c r="E68" s="26">
+        <f>(B68+C68+D68)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F68" s="23"/>
+      <c r="G68" s="23"/>
+      <c r="H68" s="23"/>
+      <c r="I68" s="22" t="e">
+        <f>#REF!+#REF!+F68+G68+H68</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J68" s="10" t="e">
+        <f>0.2*E68+0.8*I68</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K68" s="10" t="e">
+        <f>MAX(I68,J68)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L68" s="10" t="e">
+        <f>ROUND(K68*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M68" s="10" t="e">
+        <f>IF(L68&lt;4.5,ROUND(K68,0),L68)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N68" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F68="",G68=""),"",M68)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P68" s="3"/>
+    </row>
+    <row r="69" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A69" s="25" t="s">
+        <v>179</v>
+      </c>
+      <c r="B69" s="19">
+        <v>10</v>
+      </c>
+      <c r="C69" s="19"/>
+      <c r="D69" s="15"/>
+      <c r="E69" s="26">
+        <f>(B69+C69+D69)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F69" s="23"/>
+      <c r="G69" s="23"/>
+      <c r="H69" s="23"/>
+      <c r="I69" s="22" t="e">
+        <f>#REF!+#REF!+F69+G69+H69</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J69" s="10" t="e">
+        <f>0.2*E69+0.8*I69</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K69" s="10" t="e">
+        <f>MAX(I69,J69)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L69" s="10" t="e">
+        <f>ROUND(K69*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M69" s="10" t="e">
+        <f>IF(L69&lt;4.5,ROUND(K69,0),L69)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N69" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F69="",G69=""),"",M69)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P69" s="3"/>
+    </row>
+    <row r="70" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A70" s="25" t="s">
+        <v>166</v>
+      </c>
+      <c r="B70" s="19">
+        <v>10</v>
+      </c>
+      <c r="C70" s="19"/>
+      <c r="D70" s="15"/>
+      <c r="E70" s="26">
+        <f>(B70+C70+D70)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F70" s="23"/>
+      <c r="G70" s="23"/>
+      <c r="H70" s="23"/>
+      <c r="I70" s="22" t="e">
+        <f>#REF!+#REF!+F70+G70+H70</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J70" s="10" t="e">
+        <f>0.2*E70+0.8*I70</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K70" s="10" t="e">
+        <f>MAX(I70,J70)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L70" s="10" t="e">
+        <f>ROUND(K70*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M70" s="10" t="e">
+        <f>IF(L70&lt;4.5,ROUND(K70,0),L70)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N70" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F70="",G70=""),"",M70)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P70" s="3"/>
+    </row>
+    <row r="71" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A71" s="25" t="s">
+        <v>62</v>
+      </c>
+      <c r="B71" s="19"/>
+      <c r="C71" s="19"/>
+      <c r="D71" s="15"/>
+      <c r="E71" s="26">
+        <f>(B71+C71+D71)/3</f>
         <v>0</v>
       </c>
-      <c r="N65" s="10">
-[...306 lines deleted...]
-      <c r="C72" s="20"/>
+      <c r="F71" s="23"/>
+      <c r="G71" s="23"/>
+      <c r="H71" s="23"/>
+      <c r="I71" s="22" t="e">
+        <f>#REF!+#REF!+F71+G71+H71</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J71" s="10" t="e">
+        <f>0.2*E71+0.8*I71</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K71" s="10" t="e">
+        <f>MAX(I71,J71)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L71" s="10" t="e">
+        <f>ROUND(K71*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M71" s="10" t="e">
+        <f>IF(L71&lt;4.5,ROUND(K71,0),L71)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N71" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F71="",G71=""),"",M71)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P71" s="3"/>
+    </row>
+    <row r="72" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A72" s="25" t="s">
+        <v>50</v>
+      </c>
+      <c r="B72" s="19"/>
+      <c r="C72" s="19"/>
       <c r="D72" s="15"/>
-      <c r="E72" s="27">
+      <c r="E72" s="26">
         <f>(B72+C72+D72)/3</f>
         <v>0</v>
       </c>
-      <c r="F72" s="24"/>
-[...5 lines deleted...]
-        <f>F72+G72+H72+I72+J72</f>
+      <c r="F72" s="23"/>
+      <c r="G72" s="23"/>
+      <c r="H72" s="23"/>
+      <c r="I72" s="22" t="e">
+        <f>#REF!+#REF!+F72+G72+H72</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J72" s="10" t="e">
+        <f>0.2*E72+0.8*I72</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K72" s="10" t="e">
+        <f>MAX(I72,J72)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L72" s="10" t="e">
+        <f>ROUND(K72*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M72" s="10" t="e">
+        <f>IF(L72&lt;4.5,ROUND(K72,0),L72)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N72" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F72="",G72=""),"",M72)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P72" s="3"/>
+    </row>
+    <row r="73" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A73" s="25" t="s">
+        <v>63</v>
+      </c>
+      <c r="B73" s="19"/>
+      <c r="C73" s="19"/>
+      <c r="D73" s="15"/>
+      <c r="E73" s="26">
+        <f>(B73+C73+D73)/3</f>
         <v>0</v>
       </c>
-      <c r="L72" s="10">
-        <f>0.2*E72+0.8*K72</f>
+      <c r="F73" s="23"/>
+      <c r="G73" s="23"/>
+      <c r="H73" s="23"/>
+      <c r="I73" s="22" t="e">
+        <f>#REF!+#REF!+F73+G73+H73</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J73" s="10" t="e">
+        <f>0.2*E73+0.8*I73</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K73" s="10" t="e">
+        <f>MAX(I73,J73)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L73" s="10" t="e">
+        <f>ROUND(K73*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M73" s="10" t="e">
+        <f>IF(L73&lt;4.5,ROUND(K73,0),L73)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N73" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F73="",G73=""),"",M73)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P73" s="3"/>
+    </row>
+    <row r="74" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A74" s="25" t="s">
+        <v>162</v>
+      </c>
+      <c r="B74" s="19">
+        <v>10</v>
+      </c>
+      <c r="C74" s="19"/>
+      <c r="D74" s="15"/>
+      <c r="E74" s="26">
+        <f>(B74+C74+D74)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F74" s="23"/>
+      <c r="G74" s="23"/>
+      <c r="H74" s="23"/>
+      <c r="I74" s="22" t="e">
+        <f>#REF!+#REF!+F74+G74+H74</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J74" s="10" t="e">
+        <f>0.2*E74+0.8*I74</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K74" s="10" t="e">
+        <f>MAX(I74,J74)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L74" s="10" t="e">
+        <f>ROUND(K74*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M74" s="10" t="e">
+        <f>IF(L74&lt;4.5,ROUND(K74,0),L74)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N74" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F74="",G74=""),"",M74)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P74" s="3"/>
+    </row>
+    <row r="75" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A75" s="25" t="s">
+        <v>66</v>
+      </c>
+      <c r="B75" s="19">
+        <v>9.5</v>
+      </c>
+      <c r="C75" s="19"/>
+      <c r="D75" s="15"/>
+      <c r="E75" s="26">
+        <f>(B75+C75+D75)/3</f>
+        <v>3.1666666666666665</v>
+      </c>
+      <c r="F75" s="23"/>
+      <c r="G75" s="23"/>
+      <c r="H75" s="23"/>
+      <c r="I75" s="22" t="e">
+        <f>#REF!+#REF!+F75+G75+H75</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J75" s="10" t="e">
+        <f>0.2*E75+0.8*I75</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K75" s="10" t="e">
+        <f>MAX(I75,J75)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L75" s="10" t="e">
+        <f>ROUND(K75*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M75" s="10" t="e">
+        <f>IF(L75&lt;4.5,ROUND(K75,0),L75)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N75" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F75="",G75=""),"",M75)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P75" s="3"/>
+    </row>
+    <row r="76" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A76" s="25" t="s">
+        <v>87</v>
+      </c>
+      <c r="B76" s="19"/>
+      <c r="C76" s="19"/>
+      <c r="D76" s="15"/>
+      <c r="E76" s="26">
+        <f>(B76+C76+D76)/3</f>
         <v>0</v>
       </c>
-      <c r="M72" s="10">
-        <f>MAX(K72,L72)</f>
+      <c r="F76" s="23"/>
+      <c r="G76" s="23"/>
+      <c r="H76" s="23"/>
+      <c r="I76" s="22" t="e">
+        <f>#REF!+#REF!+F76+G76+H76</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J76" s="10" t="e">
+        <f>0.2*E76+0.8*I76</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K76" s="10" t="e">
+        <f>MAX(I76,J76)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L76" s="10" t="e">
+        <f>ROUND(K76*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M76" s="10" t="e">
+        <f>IF(L76&lt;4.5,ROUND(K76,0),L76)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N76" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F76="",G76=""),"",M76)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P76" s="3"/>
+    </row>
+    <row r="77" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A77" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="B77" s="19">
+        <v>10</v>
+      </c>
+      <c r="C77" s="19"/>
+      <c r="D77" s="15"/>
+      <c r="E77" s="26">
+        <f>(B77+C77+D77)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F77" s="23"/>
+      <c r="G77" s="23"/>
+      <c r="H77" s="23"/>
+      <c r="I77" s="22" t="e">
+        <f>#REF!+#REF!+F77+G77+H77</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J77" s="10" t="e">
+        <f>0.2*E77+0.8*I77</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K77" s="10" t="e">
+        <f>MAX(I77,J77)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L77" s="10" t="e">
+        <f>ROUND(K77*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M77" s="10" t="e">
+        <f>IF(L77&lt;4.5,ROUND(K77,0),L77)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N77" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F77="",G77=""),"",M77)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P77" s="3"/>
+    </row>
+    <row r="78" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A78" s="25" t="s">
+        <v>58</v>
+      </c>
+      <c r="B78" s="19">
+        <v>10</v>
+      </c>
+      <c r="C78" s="19"/>
+      <c r="D78" s="15"/>
+      <c r="E78" s="26">
+        <f>(B78+C78+D78)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F78" s="23"/>
+      <c r="G78" s="23"/>
+      <c r="H78" s="23"/>
+      <c r="I78" s="22" t="e">
+        <f>#REF!+#REF!+F78+G78+H78</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J78" s="10" t="e">
+        <f>0.2*E78+0.8*I78</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K78" s="10" t="e">
+        <f>MAX(I78,J78)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L78" s="10" t="e">
+        <f>ROUND(K78*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M78" s="10" t="e">
+        <f>IF(L78&lt;4.5,ROUND(K78,0),L78)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N78" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F78="",G78=""),"",M78)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P78" s="3"/>
+    </row>
+    <row r="79" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A79" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="B79" s="19"/>
+      <c r="C79" s="19"/>
+      <c r="D79" s="15"/>
+      <c r="E79" s="26">
+        <f>(B79+C79+D79)/3</f>
         <v>0</v>
       </c>
-      <c r="N72" s="10">
-[...340 lines deleted...]
-      <c r="C80" s="20"/>
+      <c r="F79" s="23"/>
+      <c r="G79" s="23"/>
+      <c r="H79" s="23"/>
+      <c r="I79" s="22" t="e">
+        <f>#REF!+#REF!+F79+G79+H79</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J79" s="10" t="e">
+        <f>0.2*E79+0.8*I79</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K79" s="10" t="e">
+        <f>MAX(I79,J79)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L79" s="10" t="e">
+        <f>ROUND(K79*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M79" s="10" t="e">
+        <f>IF(L79&lt;4.5,ROUND(K79,0),L79)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N79" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F79="",G79=""),"",M79)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P79" s="3"/>
+    </row>
+    <row r="80" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A80" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="B80" s="19"/>
+      <c r="C80" s="19"/>
       <c r="D80" s="15"/>
-      <c r="E80" s="27">
+      <c r="E80" s="26">
         <f>(B80+C80+D80)/3</f>
         <v>0</v>
       </c>
-      <c r="F80" s="24"/>
-[...5 lines deleted...]
-        <f>F80+G80+H80+I80+J80</f>
+      <c r="F80" s="23"/>
+      <c r="G80" s="23"/>
+      <c r="H80" s="23"/>
+      <c r="I80" s="22" t="e">
+        <f>#REF!+#REF!+F80+G80+H80</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J80" s="10" t="e">
+        <f>0.2*E80+0.8*I80</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K80" s="10" t="e">
+        <f>MAX(I80,J80)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L80" s="10" t="e">
+        <f>ROUND(K80*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M80" s="10" t="e">
+        <f>IF(L80&lt;4.5,ROUND(K80,0),L80)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N80" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F80="",G80=""),"",M80)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P80" s="3"/>
+    </row>
+    <row r="81" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A81" s="25" t="s">
+        <v>250</v>
+      </c>
+      <c r="B81" s="19">
+        <v>10</v>
+      </c>
+      <c r="C81" s="19"/>
+      <c r="D81" s="15"/>
+      <c r="E81" s="26">
+        <f>(B81+C81+D81)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F81" s="23"/>
+      <c r="G81" s="23"/>
+      <c r="H81" s="23"/>
+      <c r="I81" s="22" t="e">
+        <f>#REF!+#REF!+F81+G81+H81</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J81" s="10" t="e">
+        <f>0.2*E81+0.8*I81</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K81" s="10" t="e">
+        <f>MAX(I81,J81)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L81" s="10" t="e">
+        <f>ROUND(K81*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M81" s="10" t="e">
+        <f>IF(L81&lt;4.5,ROUND(K81,0),L81)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N81" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F81="",G81=""),"",M81)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P81" s="3"/>
+    </row>
+    <row r="82" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A82" s="25" t="s">
+        <v>52</v>
+      </c>
+      <c r="B82" s="19"/>
+      <c r="C82" s="19"/>
+      <c r="D82" s="15"/>
+      <c r="E82" s="26">
+        <f>(B82+C82+D82)/3</f>
         <v>0</v>
       </c>
-      <c r="L80" s="10">
-        <f>0.2*E80+0.8*K80</f>
+      <c r="F82" s="23"/>
+      <c r="G82" s="23"/>
+      <c r="H82" s="23"/>
+      <c r="I82" s="22" t="e">
+        <f>#REF!+#REF!+F82+G82+H82</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J82" s="10" t="e">
+        <f>0.2*E82+0.8*I82</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K82" s="10" t="e">
+        <f>MAX(I82,J82)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L82" s="10" t="e">
+        <f>ROUND(K82*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M82" s="10" t="e">
+        <f>IF(L82&lt;4.5,ROUND(K82,0),L82)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N82" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F82="",G82=""),"",M82)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P82" s="3"/>
+    </row>
+    <row r="83" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A83" s="25" t="s">
+        <v>119</v>
+      </c>
+      <c r="B83" s="19"/>
+      <c r="C83" s="19"/>
+      <c r="D83" s="15"/>
+      <c r="E83" s="26">
+        <f>(B83+C83+D83)/3</f>
         <v>0</v>
       </c>
-      <c r="M80" s="10">
-[...175 lines deleted...]
-      <c r="E84" s="27">
+      <c r="F83" s="23"/>
+      <c r="G83" s="23"/>
+      <c r="H83" s="23"/>
+      <c r="I83" s="22" t="e">
+        <f>#REF!+#REF!+F83+G83+H83</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J83" s="10" t="e">
+        <f>0.2*E83+0.8*I83</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K83" s="10" t="e">
+        <f>MAX(I83,J83)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L83" s="10" t="e">
+        <f>ROUND(K83*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M83" s="10" t="e">
+        <f>IF(L83&lt;4.5,ROUND(K83,0),L83)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N83" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F83="",G83=""),"",M83)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O83" s="27"/>
+      <c r="P83" s="3"/>
+    </row>
+    <row r="84" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A84" s="25" t="s">
+        <v>65</v>
+      </c>
+      <c r="B84" s="19">
+        <v>10</v>
+      </c>
+      <c r="C84" s="19"/>
+      <c r="D84" s="15"/>
+      <c r="E84" s="26">
         <f>(B84+C84+D84)/3</f>
-        <v>9.6666666666666661</v>
-[...37 lines deleted...]
-      <c r="C85" s="20"/>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F84" s="23"/>
+      <c r="G84" s="23"/>
+      <c r="H84" s="23"/>
+      <c r="I84" s="22" t="e">
+        <f>#REF!+#REF!+F84+G84+H84</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J84" s="10" t="e">
+        <f>0.2*E84+0.8*I84</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K84" s="10" t="e">
+        <f>MAX(I84,J84)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L84" s="10" t="e">
+        <f>ROUND(K84*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M84" s="10" t="e">
+        <f>IF(L84&lt;4.5,ROUND(K84,0),L84)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N84" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F84="",G84=""),"",M84)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P84" s="3"/>
+    </row>
+    <row r="85" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A85" s="25" t="s">
+        <v>56</v>
+      </c>
+      <c r="B85" s="19">
+        <v>10</v>
+      </c>
+      <c r="C85" s="19"/>
       <c r="D85" s="15"/>
-      <c r="E85" s="27">
+      <c r="E85" s="26">
         <f>(B85+C85+D85)/3</f>
-        <v>0</v>
-[...37 lines deleted...]
-      <c r="C86" s="20"/>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F85" s="23"/>
+      <c r="G85" s="23"/>
+      <c r="H85" s="23"/>
+      <c r="I85" s="22" t="e">
+        <f>#REF!+#REF!+F85+G85+H85</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J85" s="10" t="e">
+        <f>0.2*E85+0.8*I85</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K85" s="10" t="e">
+        <f>MAX(I85,J85)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L85" s="10" t="e">
+        <f>ROUND(K85*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M85" s="10" t="e">
+        <f>IF(L85&lt;4.5,ROUND(K85,0),L85)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N85" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F85="",G85=""),"",M85)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P85" s="3"/>
+    </row>
+    <row r="86" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A86" s="25" t="s">
+        <v>82</v>
+      </c>
+      <c r="B86" s="19"/>
+      <c r="C86" s="19"/>
       <c r="D86" s="15"/>
-      <c r="E86" s="27">
+      <c r="E86" s="26">
         <f>(B86+C86+D86)/3</f>
         <v>0</v>
       </c>
-      <c r="F86" s="24"/>
-[...35 lines deleted...]
-      <c r="C87" s="20"/>
+      <c r="F86" s="23"/>
+      <c r="G86" s="23"/>
+      <c r="H86" s="23"/>
+      <c r="I86" s="22" t="e">
+        <f>#REF!+#REF!+F86+G86+H86</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J86" s="10" t="e">
+        <f>0.2*E86+0.8*I86</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K86" s="10" t="e">
+        <f>MAX(I86,J86)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L86" s="10" t="e">
+        <f>ROUND(K86*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M86" s="10" t="e">
+        <f>IF(L86&lt;4.5,ROUND(K86,0),L86)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N86" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F86="",G86=""),"",M86)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P86" s="3"/>
+    </row>
+    <row r="87" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A87" s="25" t="s">
+        <v>54</v>
+      </c>
+      <c r="B87" s="19"/>
+      <c r="C87" s="19"/>
       <c r="D87" s="15"/>
-      <c r="E87" s="27">
+      <c r="E87" s="26">
         <f>(B87+C87+D87)/3</f>
         <v>0</v>
       </c>
-      <c r="F87" s="24"/>
-[...5 lines deleted...]
-        <f>F87+G87+H87+I87+J87</f>
+      <c r="F87" s="23"/>
+      <c r="G87" s="23"/>
+      <c r="H87" s="23"/>
+      <c r="I87" s="22" t="e">
+        <f>#REF!+#REF!+F87+G87+H87</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J87" s="10" t="e">
+        <f>0.2*E87+0.8*I87</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K87" s="10" t="e">
+        <f>MAX(I87,J87)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L87" s="10" t="e">
+        <f>ROUND(K87*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M87" s="10" t="e">
+        <f>IF(L87&lt;4.5,ROUND(K87,0),L87)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N87" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F87="",G87=""),"",M87)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P87" s="3"/>
+    </row>
+    <row r="88" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A88" s="25" t="s">
+        <v>90</v>
+      </c>
+      <c r="B88" s="19">
+        <v>10</v>
+      </c>
+      <c r="C88" s="19"/>
+      <c r="D88" s="15"/>
+      <c r="E88" s="26">
+        <f>(B88+C88+D88)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F88" s="23"/>
+      <c r="G88" s="23"/>
+      <c r="H88" s="23"/>
+      <c r="I88" s="22" t="e">
+        <f>#REF!+#REF!+F88+G88+H88</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J88" s="10" t="e">
+        <f>0.2*E88+0.8*I88</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K88" s="10" t="e">
+        <f>MAX(I88,J88)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L88" s="10" t="e">
+        <f>ROUND(K88*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M88" s="10" t="e">
+        <f>IF(L88&lt;4.5,ROUND(K88,0),L88)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N88" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F88="",G88=""),"",M88)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P88" s="3"/>
+    </row>
+    <row r="89" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A89" s="25" t="s">
+        <v>224</v>
+      </c>
+      <c r="B89" s="19">
+        <v>10</v>
+      </c>
+      <c r="C89" s="19"/>
+      <c r="D89" s="15"/>
+      <c r="E89" s="26">
+        <f>(B89+C89+D89)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F89" s="23"/>
+      <c r="G89" s="23"/>
+      <c r="H89" s="23"/>
+      <c r="I89" s="22" t="e">
+        <f>#REF!+#REF!+F89+G89+H89</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J89" s="10" t="e">
+        <f>0.2*E89+0.8*I89</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K89" s="10" t="e">
+        <f>MAX(I89,J89)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L89" s="10" t="e">
+        <f>ROUND(K89*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M89" s="10" t="e">
+        <f>IF(L89&lt;4.5,ROUND(K89,0),L89)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N89" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F89="",G89=""),"",M89)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P89" s="3"/>
+    </row>
+    <row r="90" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A90" s="25" t="s">
+        <v>261</v>
+      </c>
+      <c r="B90" s="19">
+        <v>8.5</v>
+      </c>
+      <c r="C90" s="19"/>
+      <c r="D90" s="15"/>
+      <c r="E90" s="26">
+        <f>(B90+C90+D90)/3</f>
+        <v>2.8333333333333335</v>
+      </c>
+      <c r="F90" s="23"/>
+      <c r="G90" s="23"/>
+      <c r="H90" s="23"/>
+      <c r="I90" s="22" t="e">
+        <f>#REF!+#REF!+F90+G90+H90</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J90" s="10" t="e">
+        <f>0.2*E90+0.8*I90</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K90" s="10" t="e">
+        <f>MAX(I90,J90)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L90" s="10" t="e">
+        <f>ROUND(K90*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M90" s="10" t="e">
+        <f>IF(L90&lt;4.5,ROUND(K90,0),L90)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N90" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F90="",G90=""),"",M90)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P90" s="3"/>
+    </row>
+    <row r="91" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A91" s="25" t="s">
+        <v>229</v>
+      </c>
+      <c r="B91" s="19">
+        <v>10</v>
+      </c>
+      <c r="C91" s="19"/>
+      <c r="D91" s="15"/>
+      <c r="E91" s="26">
+        <f>(B91+C91+D91)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F91" s="23"/>
+      <c r="G91" s="23"/>
+      <c r="H91" s="23"/>
+      <c r="I91" s="22" t="e">
+        <f>#REF!+#REF!+F91+G91+H91</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J91" s="10" t="e">
+        <f>0.2*E91+0.8*I91</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K91" s="10" t="e">
+        <f>MAX(I91,J91)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L91" s="10" t="e">
+        <f>ROUND(K91*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M91" s="10" t="e">
+        <f>IF(L91&lt;4.5,ROUND(K91,0),L91)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N91" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F91="",G91=""),"",M91)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O91" s="27"/>
+      <c r="P91" s="3"/>
+    </row>
+    <row r="92" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A92" s="25" t="s">
+        <v>232</v>
+      </c>
+      <c r="B92" s="19">
+        <v>10</v>
+      </c>
+      <c r="C92" s="19"/>
+      <c r="D92" s="15"/>
+      <c r="E92" s="26">
+        <f>(B92+C92+D92)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F92" s="23"/>
+      <c r="G92" s="23"/>
+      <c r="H92" s="23"/>
+      <c r="I92" s="22" t="e">
+        <f>#REF!+#REF!+F92+G92+H92</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J92" s="10" t="e">
+        <f>0.2*E92+0.8*I92</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K92" s="10" t="e">
+        <f>MAX(I92,J92)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L92" s="10" t="e">
+        <f>ROUND(K92*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M92" s="10" t="e">
+        <f>IF(L92&lt;4.5,ROUND(K92,0),L92)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N92" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F92="",G92=""),"",M92)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P92" s="3"/>
+    </row>
+    <row r="93" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A93" s="25" t="s">
+        <v>78</v>
+      </c>
+      <c r="B93" s="19">
+        <v>5</v>
+      </c>
+      <c r="C93" s="19"/>
+      <c r="D93" s="15"/>
+      <c r="E93" s="26">
+        <f>(B93+C93+D93)/3</f>
+        <v>1.6666666666666667</v>
+      </c>
+      <c r="F93" s="23"/>
+      <c r="G93" s="23"/>
+      <c r="H93" s="23"/>
+      <c r="I93" s="22" t="e">
+        <f>#REF!+#REF!+F93+G93+H93</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J93" s="10" t="e">
+        <f>0.2*E93+0.8*I93</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K93" s="10" t="e">
+        <f>MAX(I93,J93)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L93" s="10" t="e">
+        <f>ROUND(K93*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M93" s="10" t="e">
+        <f>IF(L93&lt;4.5,ROUND(K93,0),L93)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N93" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F93="",G93=""),"",M93)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P93" s="3"/>
+    </row>
+    <row r="94" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A94" s="25" t="s">
+        <v>242</v>
+      </c>
+      <c r="B94" s="19">
+        <v>10</v>
+      </c>
+      <c r="C94" s="19"/>
+      <c r="D94" s="15"/>
+      <c r="E94" s="26">
+        <f>(B94+C94+D94)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F94" s="23"/>
+      <c r="G94" s="23"/>
+      <c r="H94" s="23"/>
+      <c r="I94" s="22" t="e">
+        <f>#REF!+#REF!+F94+G94+H94</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J94" s="10" t="e">
+        <f>0.2*E94+0.8*I94</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K94" s="10" t="e">
+        <f>MAX(I94,J94)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L94" s="10" t="e">
+        <f>ROUND(K94*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M94" s="10" t="e">
+        <f>IF(L94&lt;4.5,ROUND(K94,0),L94)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N94" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F94="",G94=""),"",M94)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P94" s="3"/>
+    </row>
+    <row r="95" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A95" s="25" t="s">
+        <v>176</v>
+      </c>
+      <c r="B95" s="19">
+        <v>10</v>
+      </c>
+      <c r="C95" s="19"/>
+      <c r="D95" s="15"/>
+      <c r="E95" s="26">
+        <f>(B95+C95+D95)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F95" s="23"/>
+      <c r="G95" s="23"/>
+      <c r="H95" s="23"/>
+      <c r="I95" s="22" t="e">
+        <f>#REF!+#REF!+F95+G95+H95</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J95" s="10" t="e">
+        <f>0.2*E95+0.8*I95</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K95" s="10" t="e">
+        <f>MAX(I95,J95)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L95" s="10" t="e">
+        <f>ROUND(K95*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M95" s="10" t="e">
+        <f>IF(L95&lt;4.5,ROUND(K95,0),L95)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N95" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F95="",G95=""),"",M95)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P95" s="3"/>
+    </row>
+    <row r="96" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A96" s="25" t="s">
+        <v>213</v>
+      </c>
+      <c r="B96" s="19">
+        <v>10</v>
+      </c>
+      <c r="C96" s="19"/>
+      <c r="D96" s="15"/>
+      <c r="E96" s="26">
+        <f>(B96+C96+D96)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F96" s="23"/>
+      <c r="G96" s="23"/>
+      <c r="H96" s="23"/>
+      <c r="I96" s="22" t="e">
+        <f>#REF!+#REF!+F96+G96+H96</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J96" s="10" t="e">
+        <f>0.2*E96+0.8*I96</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K96" s="10" t="e">
+        <f>MAX(I96,J96)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L96" s="10" t="e">
+        <f>ROUND(K96*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M96" s="10" t="e">
+        <f>IF(L96&lt;4.5,ROUND(K96,0),L96)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N96" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F96="",G96=""),"",M96)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P96" s="3"/>
+    </row>
+    <row r="97" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A97" s="25" t="s">
+        <v>98</v>
+      </c>
+      <c r="B97" s="19">
+        <v>10</v>
+      </c>
+      <c r="C97" s="19"/>
+      <c r="D97" s="15"/>
+      <c r="E97" s="26">
+        <f>(B97+C97+D97)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F97" s="23"/>
+      <c r="G97" s="23"/>
+      <c r="H97" s="23"/>
+      <c r="I97" s="22" t="e">
+        <f>#REF!+#REF!+F97+G97+H97</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J97" s="10" t="e">
+        <f>0.2*E97+0.8*I97</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K97" s="10" t="e">
+        <f>MAX(I97,J97)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L97" s="10" t="e">
+        <f>ROUND(K97*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M97" s="10" t="e">
+        <f>IF(L97&lt;4.5,ROUND(K97,0),L97)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N97" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F97="",G97=""),"",M97)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P97" s="3"/>
+    </row>
+    <row r="98" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A98" s="25" t="s">
+        <v>172</v>
+      </c>
+      <c r="B98" s="19">
+        <v>10</v>
+      </c>
+      <c r="C98" s="19"/>
+      <c r="D98" s="15"/>
+      <c r="E98" s="26">
+        <f>(B98+C98+D98)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F98" s="23"/>
+      <c r="G98" s="23"/>
+      <c r="H98" s="23"/>
+      <c r="I98" s="22" t="e">
+        <f>#REF!+#REF!+F98+G98+H98</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J98" s="10" t="e">
+        <f>0.2*E98+0.8*I98</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K98" s="10" t="e">
+        <f>MAX(I98,J98)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L98" s="10" t="e">
+        <f>ROUND(K98*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M98" s="10" t="e">
+        <f>IF(L98&lt;4.5,ROUND(K98,0),L98)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N98" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F98="",G98=""),"",M98)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P98" s="3"/>
+    </row>
+    <row r="99" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A99" s="25" t="s">
+        <v>238</v>
+      </c>
+      <c r="B99" s="19">
+        <v>10</v>
+      </c>
+      <c r="C99" s="19"/>
+      <c r="D99" s="15"/>
+      <c r="E99" s="26">
+        <f>(B99+C99+D99)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F99" s="23"/>
+      <c r="G99" s="23"/>
+      <c r="H99" s="23"/>
+      <c r="I99" s="22" t="e">
+        <f>#REF!+#REF!+F99+G99+H99</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J99" s="10" t="e">
+        <f>0.2*E99+0.8*I99</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K99" s="10" t="e">
+        <f>MAX(I99,J99)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L99" s="10" t="e">
+        <f>ROUND(K99*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M99" s="10" t="e">
+        <f>IF(L99&lt;4.5,ROUND(K99,0),L99)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N99" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F99="",G99=""),"",M99)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P99" s="3"/>
+    </row>
+    <row r="100" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A100" s="25" t="s">
+        <v>266</v>
+      </c>
+      <c r="B100" s="19">
+        <v>10</v>
+      </c>
+      <c r="C100" s="19"/>
+      <c r="D100" s="15"/>
+      <c r="E100" s="26">
+        <f>(B100+C100+D100)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F100" s="23"/>
+      <c r="G100" s="23"/>
+      <c r="H100" s="23"/>
+      <c r="I100" s="22" t="e">
+        <f>#REF!+#REF!+F100+G100+H100</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J100" s="10" t="e">
+        <f>0.2*E100+0.8*I100</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K100" s="10" t="e">
+        <f>MAX(I100,J100)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L100" s="10" t="e">
+        <f>ROUND(K100*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M100" s="10" t="e">
+        <f>IF(L100&lt;4.5,ROUND(K100,0),L100)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N100" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F100="",G100=""),"",M100)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P100" s="3"/>
+    </row>
+    <row r="101" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A101" s="25" t="s">
+        <v>113</v>
+      </c>
+      <c r="B101" s="19">
+        <v>10</v>
+      </c>
+      <c r="C101" s="19"/>
+      <c r="D101" s="15"/>
+      <c r="E101" s="26">
+        <f>(B101+C101+D101)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F101" s="23"/>
+      <c r="G101" s="23"/>
+      <c r="H101" s="23"/>
+      <c r="I101" s="22" t="e">
+        <f>#REF!+#REF!+F101+G101+H101</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J101" s="10" t="e">
+        <f>0.2*E101+0.8*I101</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K101" s="10" t="e">
+        <f>MAX(I101,J101)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L101" s="10" t="e">
+        <f>ROUND(K101*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M101" s="10" t="e">
+        <f>IF(L101&lt;4.5,ROUND(K101,0),L101)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N101" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F101="",G101=""),"",M101)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P101" s="3"/>
+    </row>
+    <row r="102" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A102" s="25" t="s">
+        <v>283</v>
+      </c>
+      <c r="B102" s="19">
+        <v>10</v>
+      </c>
+      <c r="C102" s="19"/>
+      <c r="D102" s="15"/>
+      <c r="E102" s="26">
+        <f>(B102+C102+D102)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F102" s="23"/>
+      <c r="G102" s="23"/>
+      <c r="H102" s="23"/>
+      <c r="I102" s="22" t="e">
+        <f>#REF!+#REF!+F102+G102+H102</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J102" s="10" t="e">
+        <f>0.2*E102+0.8*I102</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K102" s="10" t="e">
+        <f>MAX(I102,J102)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L102" s="10" t="e">
+        <f>ROUND(K102*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M102" s="10" t="e">
+        <f>IF(L102&lt;4.5,ROUND(K102,0),L102)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N102" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F102="",G102=""),"",M102)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P102" s="3"/>
+    </row>
+    <row r="103" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A103" s="25" t="s">
+        <v>117</v>
+      </c>
+      <c r="B103" s="19">
+        <v>10</v>
+      </c>
+      <c r="C103" s="19"/>
+      <c r="D103" s="15"/>
+      <c r="E103" s="26">
+        <f>(B103+C103+D103)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F103" s="23"/>
+      <c r="G103" s="23"/>
+      <c r="H103" s="23"/>
+      <c r="I103" s="22" t="e">
+        <f>#REF!+#REF!+F103+G103+H103</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J103" s="10" t="e">
+        <f>0.2*E103+0.8*I103</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K103" s="10" t="e">
+        <f>MAX(I103,J103)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L103" s="10" t="e">
+        <f>ROUND(K103*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M103" s="10" t="e">
+        <f>IF(L103&lt;4.5,ROUND(K103,0),L103)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N103" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F103="",G103=""),"",M103)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P103" s="3"/>
+    </row>
+    <row r="104" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A104" s="25" t="s">
+        <v>151</v>
+      </c>
+      <c r="B104" s="19">
+        <v>10</v>
+      </c>
+      <c r="C104" s="19"/>
+      <c r="D104" s="15"/>
+      <c r="E104" s="26">
+        <f>(B104+C104+D104)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F104" s="23"/>
+      <c r="G104" s="23"/>
+      <c r="H104" s="23"/>
+      <c r="I104" s="22" t="e">
+        <f>#REF!+#REF!+F104+G104+H104</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J104" s="10" t="e">
+        <f>0.2*E104+0.8*I104</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K104" s="10" t="e">
+        <f>MAX(I104,J104)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L104" s="10" t="e">
+        <f>ROUND(K104*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M104" s="10" t="e">
+        <f>IF(L104&lt;4.5,ROUND(K104,0),L104)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N104" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F104="",G104=""),"",M104)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P104" s="3"/>
+    </row>
+    <row r="105" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A105" s="25" t="s">
+        <v>132</v>
+      </c>
+      <c r="B105" s="19">
+        <v>10</v>
+      </c>
+      <c r="C105" s="19"/>
+      <c r="D105" s="15"/>
+      <c r="E105" s="26">
+        <f>(B105+C105+D105)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F105" s="23"/>
+      <c r="G105" s="23"/>
+      <c r="H105" s="23"/>
+      <c r="I105" s="22" t="e">
+        <f>#REF!+#REF!+F105+G105+H105</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J105" s="10" t="e">
+        <f>0.2*E105+0.8*I105</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K105" s="10" t="e">
+        <f>MAX(I105,J105)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L105" s="10" t="e">
+        <f>ROUND(K105*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M105" s="10" t="e">
+        <f>IF(L105&lt;4.5,ROUND(K105,0),L105)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N105" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F105="",G105=""),"",M105)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P105" s="3"/>
+    </row>
+    <row r="106" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A106" s="25" t="s">
+        <v>111</v>
+      </c>
+      <c r="B106" s="19">
+        <v>5</v>
+      </c>
+      <c r="C106" s="19"/>
+      <c r="D106" s="15"/>
+      <c r="E106" s="26">
+        <f>(B106+C106+D106)/3</f>
+        <v>1.6666666666666667</v>
+      </c>
+      <c r="F106" s="23"/>
+      <c r="G106" s="23"/>
+      <c r="H106" s="23"/>
+      <c r="I106" s="22" t="e">
+        <f>#REF!+#REF!+F106+G106+H106</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J106" s="10" t="e">
+        <f>0.2*E106+0.8*I106</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K106" s="10" t="e">
+        <f>MAX(I106,J106)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L106" s="10" t="e">
+        <f>ROUND(K106*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M106" s="10" t="e">
+        <f>IF(L106&lt;4.5,ROUND(K106,0),L106)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N106" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F106="",G106=""),"",M106)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P106" s="3"/>
+    </row>
+    <row r="107" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A107" s="25" t="s">
+        <v>157</v>
+      </c>
+      <c r="B107" s="19">
+        <v>10</v>
+      </c>
+      <c r="C107" s="19"/>
+      <c r="D107" s="15"/>
+      <c r="E107" s="26">
+        <f>(B107+C107+D107)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F107" s="23"/>
+      <c r="G107" s="23"/>
+      <c r="H107" s="23"/>
+      <c r="I107" s="22" t="e">
+        <f>#REF!+#REF!+F107+G107+H107</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J107" s="10" t="e">
+        <f>0.2*E107+0.8*I107</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K107" s="10" t="e">
+        <f>MAX(I107,J107)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L107" s="10" t="e">
+        <f>ROUND(K107*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M107" s="10" t="e">
+        <f>IF(L107&lt;4.5,ROUND(K107,0),L107)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N107" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F107="",G107=""),"",M107)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P107" s="3"/>
+    </row>
+    <row r="108" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A108" s="25" t="s">
+        <v>265</v>
+      </c>
+      <c r="B108" s="19">
+        <v>6</v>
+      </c>
+      <c r="C108" s="19"/>
+      <c r="D108" s="15"/>
+      <c r="E108" s="26">
+        <f>(B108+C108+D108)/3</f>
+        <v>2</v>
+      </c>
+      <c r="F108" s="23"/>
+      <c r="G108" s="23"/>
+      <c r="H108" s="23"/>
+      <c r="I108" s="22" t="e">
+        <f>#REF!+#REF!+F108+G108+H108</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J108" s="10" t="e">
+        <f>0.2*E108+0.8*I108</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K108" s="10" t="e">
+        <f>MAX(I108,J108)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L108" s="10" t="e">
+        <f>ROUND(K108*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M108" s="10" t="e">
+        <f>IF(L108&lt;4.5,ROUND(K108,0),L108)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N108" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F108="",G108=""),"",M108)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P108" s="3"/>
+    </row>
+    <row r="109" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A109" s="25" t="s">
+        <v>96</v>
+      </c>
+      <c r="B109" s="19">
+        <v>10</v>
+      </c>
+      <c r="C109" s="19"/>
+      <c r="D109" s="15"/>
+      <c r="E109" s="26">
+        <f>(B109+C109+D109)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F109" s="23"/>
+      <c r="G109" s="23"/>
+      <c r="H109" s="23"/>
+      <c r="I109" s="22" t="e">
+        <f>#REF!+#REF!+F109+G109+H109</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J109" s="10" t="e">
+        <f>0.2*E109+0.8*I109</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K109" s="10" t="e">
+        <f>MAX(I109,J109)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L109" s="10" t="e">
+        <f>ROUND(K109*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M109" s="10" t="e">
+        <f>IF(L109&lt;4.5,ROUND(K109,0),L109)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N109" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F109="",G109=""),"",M109)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P109" s="3"/>
+    </row>
+    <row r="110" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A110" s="37" t="s">
+        <v>254</v>
+      </c>
+      <c r="B110" s="19">
+        <v>8</v>
+      </c>
+      <c r="C110" s="19"/>
+      <c r="D110" s="15"/>
+      <c r="E110" s="26">
+        <f>(B110+C110+D110)/3</f>
+        <v>2.6666666666666665</v>
+      </c>
+      <c r="F110" s="23"/>
+      <c r="G110" s="23"/>
+      <c r="H110" s="23"/>
+      <c r="I110" s="22" t="e">
+        <f>#REF!+#REF!+F110+G110+H110</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J110" s="10" t="e">
+        <f>0.2*E110+0.8*I110</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K110" s="10" t="e">
+        <f>MAX(I110,J110)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L110" s="10" t="e">
+        <f>ROUND(K110*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M110" s="10" t="e">
+        <f>IF(L110&lt;4.5,ROUND(K110,0),L110)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N110" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F110="",G110=""),"",M110)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P110" s="3"/>
+    </row>
+    <row r="111" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A111" s="25" t="s">
+        <v>219</v>
+      </c>
+      <c r="B111" s="19">
+        <v>10</v>
+      </c>
+      <c r="C111" s="19"/>
+      <c r="D111" s="15"/>
+      <c r="E111" s="26">
+        <f>(B111+C111+D111)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F111" s="23"/>
+      <c r="G111" s="23"/>
+      <c r="H111" s="23"/>
+      <c r="I111" s="22" t="e">
+        <f>#REF!+#REF!+F111+G111+H111</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J111" s="10" t="e">
+        <f>0.2*E111+0.8*I111</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K111" s="10" t="e">
+        <f>MAX(I111,J111)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L111" s="10" t="e">
+        <f>ROUND(K111*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M111" s="10" t="e">
+        <f>IF(L111&lt;4.5,ROUND(K111,0),L111)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N111" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F111="",G111=""),"",M111)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P111" s="3"/>
+    </row>
+    <row r="112" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A112" s="25" t="s">
+        <v>206</v>
+      </c>
+      <c r="B112" s="19">
+        <v>10</v>
+      </c>
+      <c r="C112" s="19"/>
+      <c r="D112" s="15"/>
+      <c r="E112" s="26">
+        <f>(B112+C112+D112)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F112" s="23"/>
+      <c r="G112" s="23"/>
+      <c r="H112" s="23"/>
+      <c r="I112" s="22" t="e">
+        <f>#REF!+#REF!+F112+G112+H112</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J112" s="10" t="e">
+        <f>0.2*E112+0.8*I112</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K112" s="10" t="e">
+        <f>MAX(I112,J112)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L112" s="10" t="e">
+        <f>ROUND(K112*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M112" s="10" t="e">
+        <f>IF(L112&lt;4.5,ROUND(K112,0),L112)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N112" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F112="",G112=""),"",M112)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P112" s="3"/>
+    </row>
+    <row r="113" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A113" s="25" t="s">
+        <v>139</v>
+      </c>
+      <c r="B113" s="19">
+        <v>10</v>
+      </c>
+      <c r="C113" s="19"/>
+      <c r="D113" s="15"/>
+      <c r="E113" s="26">
+        <f>(B113+C113+D113)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F113" s="23"/>
+      <c r="G113" s="23"/>
+      <c r="H113" s="23"/>
+      <c r="I113" s="22" t="e">
+        <f>#REF!+#REF!+F113+G113+H113</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J113" s="10" t="e">
+        <f>0.2*E113+0.8*I113</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K113" s="10" t="e">
+        <f>MAX(I113,J113)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L113" s="10" t="e">
+        <f>ROUND(K113*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M113" s="10" t="e">
+        <f>IF(L113&lt;4.5,ROUND(K113,0),L113)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N113" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F113="",G113=""),"",M113)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P113" s="3"/>
+    </row>
+    <row r="114" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A114" s="25" t="s">
+        <v>178</v>
+      </c>
+      <c r="B114" s="19">
+        <v>10</v>
+      </c>
+      <c r="C114" s="19"/>
+      <c r="D114" s="15"/>
+      <c r="E114" s="26">
+        <f>(B114+C114+D114)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F114" s="23"/>
+      <c r="G114" s="23"/>
+      <c r="H114" s="23"/>
+      <c r="I114" s="22" t="e">
+        <f>#REF!+#REF!+F114+G114+H114</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J114" s="10" t="e">
+        <f>0.2*E114+0.8*I114</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K114" s="10" t="e">
+        <f>MAX(I114,J114)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L114" s="10" t="e">
+        <f>ROUND(K114*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M114" s="10" t="e">
+        <f>IF(L114&lt;4.5,ROUND(K114,0),L114)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N114" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F114="",G114=""),"",M114)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P114" s="3"/>
+    </row>
+    <row r="115" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A115" s="25" t="s">
+        <v>80</v>
+      </c>
+      <c r="B115" s="19"/>
+      <c r="C115" s="19"/>
+      <c r="D115" s="15"/>
+      <c r="E115" s="26">
+        <f>(B115+C115+D115)/3</f>
         <v>0</v>
       </c>
-      <c r="L87" s="10">
-        <f>0.2*E87+0.8*K87</f>
+      <c r="F115" s="23"/>
+      <c r="G115" s="23"/>
+      <c r="H115" s="23"/>
+      <c r="I115" s="22" t="e">
+        <f>#REF!+#REF!+F115+G115+H115</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J115" s="10" t="e">
+        <f>0.2*E115+0.8*I115</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K115" s="10" t="e">
+        <f>MAX(I115,J115)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L115" s="10" t="e">
+        <f>ROUND(K115*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M115" s="10" t="e">
+        <f>IF(L115&lt;4.5,ROUND(K115,0),L115)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N115" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F115="",G115=""),"",M115)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P115" s="3"/>
+    </row>
+    <row r="116" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A116" s="25" t="s">
+        <v>122</v>
+      </c>
+      <c r="B116" s="19">
+        <v>10</v>
+      </c>
+      <c r="C116" s="19"/>
+      <c r="D116" s="15"/>
+      <c r="E116" s="26">
+        <f>(B116+C116+D116)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F116" s="23"/>
+      <c r="G116" s="23"/>
+      <c r="H116" s="23"/>
+      <c r="I116" s="22" t="e">
+        <f>#REF!+#REF!+F116+G116+H116</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J116" s="10" t="e">
+        <f>0.2*E116+0.8*I116</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K116" s="10" t="e">
+        <f>MAX(I116,J116)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L116" s="10" t="e">
+        <f>ROUND(K116*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M116" s="10" t="e">
+        <f>IF(L116&lt;4.5,ROUND(K116,0),L116)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N116" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F116="",G116=""),"",M116)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P116" s="3"/>
+    </row>
+    <row r="117" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A117" s="25" t="s">
+        <v>70</v>
+      </c>
+      <c r="B117" s="19">
+        <v>10</v>
+      </c>
+      <c r="C117" s="19"/>
+      <c r="D117" s="15"/>
+      <c r="E117" s="26">
+        <f>(B117+C117+D117)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F117" s="23"/>
+      <c r="G117" s="23"/>
+      <c r="H117" s="23"/>
+      <c r="I117" s="22" t="e">
+        <f>#REF!+#REF!+F117+G117+H117</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J117" s="10" t="e">
+        <f>0.2*E117+0.8*I117</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K117" s="10" t="e">
+        <f>MAX(I117,J117)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L117" s="10" t="e">
+        <f>ROUND(K117*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M117" s="10" t="e">
+        <f>IF(L117&lt;4.5,ROUND(K117,0),L117)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N117" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F117="",G117=""),"",M117)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P117" s="3"/>
+    </row>
+    <row r="118" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A118" s="25" t="s">
+        <v>256</v>
+      </c>
+      <c r="B118" s="19">
+        <v>10</v>
+      </c>
+      <c r="C118" s="19"/>
+      <c r="D118" s="15"/>
+      <c r="E118" s="26">
+        <f>(B118+C118+D118)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F118" s="23"/>
+      <c r="G118" s="23"/>
+      <c r="H118" s="23"/>
+      <c r="I118" s="22" t="e">
+        <f>#REF!+#REF!+F118+G118+H118</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J118" s="10" t="e">
+        <f>0.2*E118+0.8*I118</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K118" s="10" t="e">
+        <f>MAX(I118,J118)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L118" s="10" t="e">
+        <f>ROUND(K118*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M118" s="10" t="e">
+        <f>IF(L118&lt;4.5,ROUND(K118,0),L118)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N118" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F118="",G118=""),"",M118)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P118" s="3"/>
+    </row>
+    <row r="119" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A119" s="25" t="s">
+        <v>147</v>
+      </c>
+      <c r="B119" s="19">
+        <v>10</v>
+      </c>
+      <c r="C119" s="19"/>
+      <c r="D119" s="15"/>
+      <c r="E119" s="26">
+        <f>(B119+C119+D119)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F119" s="23"/>
+      <c r="G119" s="23"/>
+      <c r="H119" s="23"/>
+      <c r="I119" s="22" t="e">
+        <f>#REF!+#REF!+F119+G119+H119</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J119" s="10" t="e">
+        <f>0.2*E119+0.8*I119</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K119" s="10" t="e">
+        <f>MAX(I119,J119)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L119" s="10" t="e">
+        <f>ROUND(K119*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M119" s="10" t="e">
+        <f>IF(L119&lt;4.5,ROUND(K119,0),L119)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N119" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F119="",G119=""),"",M119)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P119" s="3"/>
+    </row>
+    <row r="120" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A120" s="25" t="s">
+        <v>93</v>
+      </c>
+      <c r="B120" s="19">
+        <v>10</v>
+      </c>
+      <c r="C120" s="19"/>
+      <c r="D120" s="15"/>
+      <c r="E120" s="26">
+        <f>(B120+C120+D120)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F120" s="23"/>
+      <c r="G120" s="23"/>
+      <c r="H120" s="23"/>
+      <c r="I120" s="22" t="e">
+        <f>#REF!+#REF!+F120+G120+H120</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J120" s="10" t="e">
+        <f>0.2*E120+0.8*I120</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K120" s="10" t="e">
+        <f>MAX(I120,J120)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L120" s="10" t="e">
+        <f>ROUND(K120*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M120" s="10" t="e">
+        <f>IF(L120&lt;4.5,ROUND(K120,0),L120)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N120" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F120="",G120=""),"",M120)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P120" s="3"/>
+    </row>
+    <row r="121" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A121" s="25" t="s">
+        <v>175</v>
+      </c>
+      <c r="B121" s="19">
+        <v>10</v>
+      </c>
+      <c r="C121" s="19"/>
+      <c r="D121" s="15"/>
+      <c r="E121" s="26">
+        <f>(B121+C121+D121)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F121" s="23"/>
+      <c r="G121" s="23"/>
+      <c r="H121" s="23"/>
+      <c r="I121" s="22" t="e">
+        <f>#REF!+#REF!+F121+G121+H121</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J121" s="10" t="e">
+        <f>0.2*E121+0.8*I121</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K121" s="10" t="e">
+        <f>MAX(I121,J121)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L121" s="10" t="e">
+        <f>ROUND(K121*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M121" s="10" t="e">
+        <f>IF(L121&lt;4.5,ROUND(K121,0),L121)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N121" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F121="",G121=""),"",M121)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P121" s="3"/>
+    </row>
+    <row r="122" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A122" s="25" t="s">
+        <v>282</v>
+      </c>
+      <c r="B122" s="19">
+        <v>10</v>
+      </c>
+      <c r="C122" s="19"/>
+      <c r="D122" s="15"/>
+      <c r="E122" s="26">
+        <f>(B122+C122+D122)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F122" s="23"/>
+      <c r="G122" s="23"/>
+      <c r="H122" s="23"/>
+      <c r="I122" s="22" t="e">
+        <f>#REF!+#REF!+F122+G122+H122</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J122" s="10" t="e">
+        <f>0.2*E122+0.8*I122</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K122" s="10" t="e">
+        <f>MAX(I122,J122)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L122" s="10" t="e">
+        <f>ROUND(K122*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M122" s="10" t="e">
+        <f>IF(L122&lt;4.5,ROUND(K122,0),L122)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N122" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F122="",G122=""),"",M122)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P122" s="3"/>
+    </row>
+    <row r="123" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A123" s="25" t="s">
+        <v>76</v>
+      </c>
+      <c r="B123" s="19"/>
+      <c r="C123" s="19"/>
+      <c r="D123" s="15"/>
+      <c r="E123" s="26">
+        <f>(B123+C123+D123)/3</f>
         <v>0</v>
       </c>
-      <c r="M87" s="10">
-[...446 lines deleted...]
-      <c r="D97" s="15">
+      <c r="F123" s="23"/>
+      <c r="G123" s="23"/>
+      <c r="H123" s="23"/>
+      <c r="I123" s="22" t="e">
+        <f>#REF!+#REF!+F123+G123+H123</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J123" s="10" t="e">
+        <f>0.2*E123+0.8*I123</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K123" s="10" t="e">
+        <f>MAX(I123,J123)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L123" s="10" t="e">
+        <f>ROUND(K123*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M123" s="10" t="e">
+        <f>IF(L123&lt;4.5,ROUND(K123,0),L123)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N123" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F123="",G123=""),"",M123)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P123" s="3"/>
+    </row>
+    <row r="124" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A124" s="25" t="s">
+        <v>217</v>
+      </c>
+      <c r="B124" s="19">
+        <v>10</v>
+      </c>
+      <c r="C124" s="19"/>
+      <c r="D124" s="15"/>
+      <c r="E124" s="26">
+        <f>(B124+C124+D124)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F124" s="23"/>
+      <c r="G124" s="23"/>
+      <c r="H124" s="23"/>
+      <c r="I124" s="22" t="e">
+        <f>#REF!+#REF!+F124+G124+H124</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J124" s="10" t="e">
+        <f>0.2*E124+0.8*I124</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K124" s="10" t="e">
+        <f>MAX(I124,J124)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L124" s="10" t="e">
+        <f>ROUND(K124*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M124" s="10" t="e">
+        <f>IF(L124&lt;4.5,ROUND(K124,0),L124)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N124" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F124="",G124=""),"",M124)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P124" s="3"/>
+    </row>
+    <row r="125" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A125" s="25" t="s">
+        <v>146</v>
+      </c>
+      <c r="B125" s="19">
+        <v>10</v>
+      </c>
+      <c r="C125" s="19"/>
+      <c r="D125" s="15"/>
+      <c r="E125" s="26">
+        <f>(B125+C125+D125)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F125" s="23"/>
+      <c r="G125" s="23"/>
+      <c r="H125" s="23"/>
+      <c r="I125" s="22" t="e">
+        <f>#REF!+#REF!+F125+G125+H125</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J125" s="10" t="e">
+        <f>0.2*E125+0.8*I125</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K125" s="10" t="e">
+        <f>MAX(I125,J125)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L125" s="10" t="e">
+        <f>ROUND(K125*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M125" s="10" t="e">
+        <f>IF(L125&lt;4.5,ROUND(K125,0),L125)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N125" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F125="",G125=""),"",M125)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P125" s="3"/>
+    </row>
+    <row r="126" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A126" s="25" t="s">
+        <v>77</v>
+      </c>
+      <c r="B126" s="19">
         <v>9.5</v>
       </c>
-      <c r="E97" s="27">
-[...839 lines deleted...]
-      <c r="C115" s="20">
+      <c r="C126" s="19"/>
+      <c r="D126" s="15"/>
+      <c r="E126" s="26">
+        <f>(B126+C126+D126)/3</f>
+        <v>3.1666666666666665</v>
+      </c>
+      <c r="F126" s="23"/>
+      <c r="G126" s="23"/>
+      <c r="H126" s="23"/>
+      <c r="I126" s="22" t="e">
+        <f>#REF!+#REF!+F126+G126+H126</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J126" s="10" t="e">
+        <f>0.2*E126+0.8*I126</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K126" s="10" t="e">
+        <f>MAX(I126,J126)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L126" s="10" t="e">
+        <f>ROUND(K126*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M126" s="10" t="e">
+        <f>IF(L126&lt;4.5,ROUND(K126,0),L126)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N126" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F126="",G126=""),"",M126)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P126" s="3"/>
+    </row>
+    <row r="127" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A127" s="25" t="s">
+        <v>253</v>
+      </c>
+      <c r="B127" s="19">
+        <v>10</v>
+      </c>
+      <c r="C127" s="19"/>
+      <c r="D127" s="15"/>
+      <c r="E127" s="26">
+        <f>(B127+C127+D127)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F127" s="23"/>
+      <c r="G127" s="23"/>
+      <c r="H127" s="23"/>
+      <c r="I127" s="22" t="e">
+        <f>#REF!+#REF!+F127+G127+H127</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J127" s="10" t="e">
+        <f>0.2*E127+0.8*I127</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K127" s="10" t="e">
+        <f>MAX(I127,J127)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L127" s="10" t="e">
+        <f>ROUND(K127*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M127" s="10" t="e">
+        <f>IF(L127&lt;4.5,ROUND(K127,0),L127)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N127" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F127="",G127=""),"",M127)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P127" s="3"/>
+    </row>
+    <row r="128" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A128" s="25" t="s">
+        <v>107</v>
+      </c>
+      <c r="B128" s="19">
+        <v>10</v>
+      </c>
+      <c r="C128" s="19"/>
+      <c r="D128" s="15"/>
+      <c r="E128" s="26">
+        <f>(B128+C128+D128)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F128" s="23"/>
+      <c r="G128" s="23"/>
+      <c r="H128" s="23"/>
+      <c r="I128" s="22" t="e">
+        <f>#REF!+#REF!+F128+G128+H128</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J128" s="10" t="e">
+        <f>0.2*E128+0.8*I128</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K128" s="10" t="e">
+        <f>MAX(I128,J128)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L128" s="10" t="e">
+        <f>ROUND(K128*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M128" s="10" t="e">
+        <f>IF(L128&lt;4.5,ROUND(K128,0),L128)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N128" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F128="",G128=""),"",M128)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P128" s="3"/>
+    </row>
+    <row r="129" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A129" s="25" t="s">
+        <v>279</v>
+      </c>
+      <c r="B129" s="19">
+        <v>10</v>
+      </c>
+      <c r="C129" s="19"/>
+      <c r="D129" s="15"/>
+      <c r="E129" s="26">
+        <f>(B129+C129+D129)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F129" s="23"/>
+      <c r="G129" s="23"/>
+      <c r="H129" s="23"/>
+      <c r="I129" s="22" t="e">
+        <f>#REF!+#REF!+F129+G129+H129</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J129" s="10" t="e">
+        <f>0.2*E129+0.8*I129</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K129" s="10" t="e">
+        <f>MAX(I129,J129)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L129" s="10" t="e">
+        <f>ROUND(K129*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M129" s="10" t="e">
+        <f>IF(L129&lt;4.5,ROUND(K129,0),L129)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N129" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F129="",G129=""),"",M129)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P129" s="3"/>
+    </row>
+    <row r="130" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A130" s="25" t="s">
+        <v>169</v>
+      </c>
+      <c r="B130" s="19">
+        <v>10</v>
+      </c>
+      <c r="C130" s="19"/>
+      <c r="D130" s="15"/>
+      <c r="E130" s="26">
+        <f>(B130+C130+D130)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F130" s="23"/>
+      <c r="G130" s="23"/>
+      <c r="H130" s="23"/>
+      <c r="I130" s="22" t="e">
+        <f>#REF!+#REF!+F130+G130+H130</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J130" s="10" t="e">
+        <f>0.2*E130+0.8*I130</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K130" s="10" t="e">
+        <f>MAX(I130,J130)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L130" s="10" t="e">
+        <f>ROUND(K130*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M130" s="10" t="e">
+        <f>IF(L130&lt;4.5,ROUND(K130,0),L130)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N130" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F130="",G130=""),"",M130)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P130" s="3"/>
+    </row>
+    <row r="131" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A131" s="25" t="s">
+        <v>245</v>
+      </c>
+      <c r="B131" s="19">
+        <v>10</v>
+      </c>
+      <c r="C131" s="19"/>
+      <c r="D131" s="15"/>
+      <c r="E131" s="26">
+        <f>(B131+C131+D131)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F131" s="23"/>
+      <c r="G131" s="23"/>
+      <c r="H131" s="23"/>
+      <c r="I131" s="22" t="e">
+        <f>#REF!+#REF!+F131+G131+H131</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J131" s="10" t="e">
+        <f>0.2*E131+0.8*I131</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K131" s="10" t="e">
+        <f>MAX(I131,J131)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L131" s="10" t="e">
+        <f>ROUND(K131*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M131" s="10" t="e">
+        <f>IF(L131&lt;4.5,ROUND(K131,0),L131)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N131" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F131="",G131=""),"",M131)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P131" s="3"/>
+    </row>
+    <row r="132" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A132" s="25" t="s">
+        <v>85</v>
+      </c>
+      <c r="B132" s="19">
         <v>6.5</v>
       </c>
-      <c r="D115" s="15"/>
-[...790 lines deleted...]
-      <c r="E132" s="27">
+      <c r="C132" s="19"/>
+      <c r="D132" s="15"/>
+      <c r="E132" s="26">
         <f>(B132+C132+D132)/3</f>
-        <v>10</v>
-[...45 lines deleted...]
-      <c r="E133" s="27">
+        <v>2.1666666666666665</v>
+      </c>
+      <c r="F132" s="23"/>
+      <c r="G132" s="23"/>
+      <c r="H132" s="23"/>
+      <c r="I132" s="22" t="e">
+        <f>#REF!+#REF!+F132+G132+H132</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J132" s="10" t="e">
+        <f>0.2*E132+0.8*I132</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K132" s="10" t="e">
+        <f>MAX(I132,J132)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L132" s="10" t="e">
+        <f>ROUND(K132*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M132" s="10" t="e">
+        <f>IF(L132&lt;4.5,ROUND(K132,0),L132)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N132" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F132="",G132=""),"",M132)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P132" s="3"/>
+    </row>
+    <row r="133" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A133" s="25" t="s">
+        <v>189</v>
+      </c>
+      <c r="B133" s="19">
+        <v>10</v>
+      </c>
+      <c r="C133" s="19"/>
+      <c r="D133" s="15"/>
+      <c r="E133" s="26">
         <f>(B133+C133+D133)/3</f>
-        <v>10</v>
-[...37 lines deleted...]
-      <c r="C134" s="20"/>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F133" s="23"/>
+      <c r="G133" s="23"/>
+      <c r="H133" s="23"/>
+      <c r="I133" s="22" t="e">
+        <f>#REF!+#REF!+F133+G133+H133</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J133" s="10" t="e">
+        <f>0.2*E133+0.8*I133</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K133" s="10" t="e">
+        <f>MAX(I133,J133)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L133" s="10" t="e">
+        <f>ROUND(K133*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M133" s="10" t="e">
+        <f>IF(L133&lt;4.5,ROUND(K133,0),L133)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N133" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F133="",G133=""),"",M133)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P133" s="3"/>
+    </row>
+    <row r="134" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A134" s="25" t="s">
+        <v>180</v>
+      </c>
+      <c r="B134" s="19"/>
+      <c r="C134" s="19"/>
       <c r="D134" s="15"/>
-      <c r="E134" s="27">
+      <c r="E134" s="26">
         <f>(B134+C134+D134)/3</f>
         <v>0</v>
       </c>
-      <c r="F134" s="24"/>
-[...5 lines deleted...]
-        <f>F134+G134+H134+I134+J134</f>
+      <c r="F134" s="23"/>
+      <c r="G134" s="23"/>
+      <c r="H134" s="23"/>
+      <c r="I134" s="22" t="e">
+        <f>#REF!+#REF!+F134+G134+H134</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J134" s="10" t="e">
+        <f>0.2*E134+0.8*I134</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K134" s="10" t="e">
+        <f>MAX(I134,J134)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L134" s="10" t="e">
+        <f>ROUND(K134*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M134" s="10" t="e">
+        <f>IF(L134&lt;4.5,ROUND(K134,0),L134)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N134" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F134="",G134=""),"",M134)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P134" s="3"/>
+    </row>
+    <row r="135" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A135" s="25" t="s">
+        <v>136</v>
+      </c>
+      <c r="B135" s="19">
+        <v>10</v>
+      </c>
+      <c r="C135" s="19"/>
+      <c r="D135" s="15"/>
+      <c r="E135" s="26">
+        <f>(B135+C135+D135)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F135" s="23"/>
+      <c r="G135" s="23"/>
+      <c r="H135" s="23"/>
+      <c r="I135" s="22" t="e">
+        <f>#REF!+#REF!+F135+G135+H135</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J135" s="10" t="e">
+        <f>0.2*E135+0.8*I135</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K135" s="10" t="e">
+        <f>MAX(I135,J135)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L135" s="10" t="e">
+        <f>ROUND(K135*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M135" s="10" t="e">
+        <f>IF(L135&lt;4.5,ROUND(K135,0),L135)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N135" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F135="",G135=""),"",M135)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P135" s="3"/>
+    </row>
+    <row r="136" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A136" s="25" t="s">
+        <v>103</v>
+      </c>
+      <c r="B136" s="19">
+        <v>10</v>
+      </c>
+      <c r="C136" s="19"/>
+      <c r="D136" s="15"/>
+      <c r="E136" s="26">
+        <f>(B136+C136+D136)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F136" s="23"/>
+      <c r="G136" s="23"/>
+      <c r="H136" s="23"/>
+      <c r="I136" s="22" t="e">
+        <f>#REF!+#REF!+F136+G136+H136</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J136" s="10" t="e">
+        <f>0.2*E136+0.8*I136</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K136" s="10" t="e">
+        <f>MAX(I136,J136)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L136" s="10" t="e">
+        <f>ROUND(K136*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M136" s="10" t="e">
+        <f>IF(L136&lt;4.5,ROUND(K136,0),L136)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N136" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F136="",G136=""),"",M136)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P136" s="3"/>
+    </row>
+    <row r="137" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A137" s="25" t="s">
+        <v>108</v>
+      </c>
+      <c r="B137" s="19">
+        <v>10</v>
+      </c>
+      <c r="C137" s="19"/>
+      <c r="D137" s="15"/>
+      <c r="E137" s="26">
+        <f>(B137+C137+D137)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F137" s="23"/>
+      <c r="G137" s="23"/>
+      <c r="H137" s="23"/>
+      <c r="I137" s="22" t="e">
+        <f>#REF!+#REF!+F137+G137+H137</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J137" s="10" t="e">
+        <f>0.2*E137+0.8*I137</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K137" s="10" t="e">
+        <f>MAX(I137,J137)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L137" s="10" t="e">
+        <f>ROUND(K137*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M137" s="10" t="e">
+        <f>IF(L137&lt;4.5,ROUND(K137,0),L137)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N137" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F137="",G137=""),"",M137)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P137" s="3"/>
+    </row>
+    <row r="138" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A138" s="25" t="s">
+        <v>249</v>
+      </c>
+      <c r="B138" s="19">
+        <v>10</v>
+      </c>
+      <c r="C138" s="19"/>
+      <c r="D138" s="15"/>
+      <c r="E138" s="26">
+        <f>(B138+C138+D138)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F138" s="23"/>
+      <c r="G138" s="23"/>
+      <c r="H138" s="23"/>
+      <c r="I138" s="22" t="e">
+        <f>#REF!+#REF!+F138+G138+H138</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J138" s="10" t="e">
+        <f>0.2*E138+0.8*I138</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K138" s="10" t="e">
+        <f>MAX(I138,J138)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L138" s="10" t="e">
+        <f>ROUND(K138*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M138" s="10" t="e">
+        <f>IF(L138&lt;4.5,ROUND(K138,0),L138)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N138" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F138="",G138=""),"",M138)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P138" s="3"/>
+    </row>
+    <row r="139" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A139" s="25" t="s">
+        <v>123</v>
+      </c>
+      <c r="B139" s="19"/>
+      <c r="C139" s="19"/>
+      <c r="D139" s="15"/>
+      <c r="E139" s="26">
+        <f>(B139+C139+D139)/3</f>
         <v>0</v>
       </c>
-      <c r="L134" s="10">
-        <f>0.2*E134+0.8*K134</f>
+      <c r="F139" s="23"/>
+      <c r="G139" s="23"/>
+      <c r="H139" s="23"/>
+      <c r="I139" s="22" t="e">
+        <f>#REF!+#REF!+F139+G139+H139</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J139" s="10" t="e">
+        <f>0.2*E139+0.8*I139</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K139" s="10" t="e">
+        <f>MAX(I139,J139)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L139" s="10" t="e">
+        <f>ROUND(K139*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M139" s="10" t="e">
+        <f>IF(L139&lt;4.5,ROUND(K139,0),L139)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N139" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F139="",G139=""),"",M139)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P139" s="3"/>
+    </row>
+    <row r="140" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A140" s="25" t="s">
+        <v>186</v>
+      </c>
+      <c r="B140" s="19">
+        <v>10</v>
+      </c>
+      <c r="C140" s="19"/>
+      <c r="D140" s="15"/>
+      <c r="E140" s="26">
+        <f>(B140+C140+D140)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F140" s="23"/>
+      <c r="G140" s="23"/>
+      <c r="H140" s="23"/>
+      <c r="I140" s="22" t="e">
+        <f>#REF!+#REF!+F140+G140+H140</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J140" s="10" t="e">
+        <f>0.2*E140+0.8*I140</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K140" s="10" t="e">
+        <f>MAX(I140,J140)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L140" s="10" t="e">
+        <f>ROUND(K140*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M140" s="10" t="e">
+        <f>IF(L140&lt;4.5,ROUND(K140,0),L140)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N140" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F140="",G140=""),"",M140)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P140" s="3"/>
+    </row>
+    <row r="141" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A141" s="25" t="s">
+        <v>81</v>
+      </c>
+      <c r="B141" s="19">
+        <v>8</v>
+      </c>
+      <c r="C141" s="19"/>
+      <c r="D141" s="15"/>
+      <c r="E141" s="26">
+        <f>(B141+C141+D141)/3</f>
+        <v>2.6666666666666665</v>
+      </c>
+      <c r="F141" s="23"/>
+      <c r="G141" s="23"/>
+      <c r="H141" s="23"/>
+      <c r="I141" s="22" t="e">
+        <f>#REF!+#REF!+F141+G141+H141</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J141" s="10" t="e">
+        <f>0.2*E141+0.8*I141</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K141" s="10" t="e">
+        <f>MAX(I141,J141)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L141" s="10" t="e">
+        <f>ROUND(K141*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M141" s="10" t="e">
+        <f>IF(L141&lt;4.5,ROUND(K141,0),L141)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N141" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F141="",G141=""),"",M141)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P141" s="3"/>
+    </row>
+    <row r="142" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A142" s="25" t="s">
+        <v>187</v>
+      </c>
+      <c r="B142" s="19">
+        <v>10</v>
+      </c>
+      <c r="C142" s="19"/>
+      <c r="D142" s="15"/>
+      <c r="E142" s="26">
+        <f>(B142+C142+D142)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F142" s="23"/>
+      <c r="G142" s="23"/>
+      <c r="H142" s="23"/>
+      <c r="I142" s="22" t="e">
+        <f>#REF!+#REF!+F142+G142+H142</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J142" s="10" t="e">
+        <f>0.2*E142+0.8*I142</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K142" s="10" t="e">
+        <f>MAX(I142,J142)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L142" s="10" t="e">
+        <f>ROUND(K142*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M142" s="10" t="e">
+        <f>IF(L142&lt;4.5,ROUND(K142,0),L142)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N142" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F142="",G142=""),"",M142)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P142" s="3"/>
+    </row>
+    <row r="143" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A143" s="25" t="s">
+        <v>214</v>
+      </c>
+      <c r="B143" s="19">
+        <v>10</v>
+      </c>
+      <c r="C143" s="19"/>
+      <c r="D143" s="15"/>
+      <c r="E143" s="26">
+        <f>(B143+C143+D143)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F143" s="23"/>
+      <c r="G143" s="23"/>
+      <c r="H143" s="23"/>
+      <c r="I143" s="22" t="e">
+        <f>#REF!+#REF!+F143+G143+H143</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J143" s="10" t="e">
+        <f>0.2*E143+0.8*I143</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K143" s="10" t="e">
+        <f>MAX(I143,J143)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L143" s="10" t="e">
+        <f>ROUND(K143*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M143" s="10" t="e">
+        <f>IF(L143&lt;4.5,ROUND(K143,0),L143)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N143" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F143="",G143=""),"",M143)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P143" s="3"/>
+    </row>
+    <row r="144" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A144" s="25" t="s">
+        <v>205</v>
+      </c>
+      <c r="B144" s="19">
+        <v>10</v>
+      </c>
+      <c r="C144" s="19"/>
+      <c r="D144" s="15"/>
+      <c r="E144" s="26">
+        <f>(B144+C144+D144)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F144" s="23"/>
+      <c r="G144" s="23"/>
+      <c r="H144" s="23"/>
+      <c r="I144" s="22" t="e">
+        <f>#REF!+#REF!+F144+G144+H144</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J144" s="10" t="e">
+        <f>0.2*E144+0.8*I144</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K144" s="10" t="e">
+        <f>MAX(I144,J144)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L144" s="10" t="e">
+        <f>ROUND(K144*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M144" s="10" t="e">
+        <f>IF(L144&lt;4.5,ROUND(K144,0),L144)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N144" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F144="",G144=""),"",M144)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P144" s="3"/>
+    </row>
+    <row r="145" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A145" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="B145" s="19">
+        <v>10</v>
+      </c>
+      <c r="C145" s="19"/>
+      <c r="D145" s="15"/>
+      <c r="E145" s="26">
+        <f>(B145+C145+D145)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F145" s="23"/>
+      <c r="G145" s="23"/>
+      <c r="H145" s="23"/>
+      <c r="I145" s="22" t="e">
+        <f>#REF!+#REF!+F145+G145+H145</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J145" s="10" t="e">
+        <f>0.2*E145+0.8*I145</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K145" s="10" t="e">
+        <f>MAX(I145,J145)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L145" s="10" t="e">
+        <f>ROUND(K145*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M145" s="10" t="e">
+        <f>IF(L145&lt;4.5,ROUND(K145,0),L145)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N145" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F145="",G145=""),"",M145)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P145" s="3"/>
+    </row>
+    <row r="146" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A146" s="25" t="s">
+        <v>285</v>
+      </c>
+      <c r="B146" s="19">
+        <v>10</v>
+      </c>
+      <c r="C146" s="19"/>
+      <c r="D146" s="15"/>
+      <c r="E146" s="26">
+        <f>(B146+C146+D146)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F146" s="23"/>
+      <c r="G146" s="23"/>
+      <c r="H146" s="23"/>
+      <c r="I146" s="22" t="e">
+        <f>#REF!+#REF!+F146+G146+H146</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J146" s="10" t="e">
+        <f>0.2*E146+0.8*I146</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K146" s="10" t="e">
+        <f>MAX(I146,J146)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L146" s="10" t="e">
+        <f>ROUND(K146*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M146" s="10" t="e">
+        <f>IF(L146&lt;4.5,ROUND(K146,0),L146)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N146" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F146="",G146=""),"",M146)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P146" s="3"/>
+    </row>
+    <row r="147" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A147" s="25" t="s">
+        <v>241</v>
+      </c>
+      <c r="B147" s="19">
+        <v>9</v>
+      </c>
+      <c r="C147" s="19"/>
+      <c r="D147" s="15"/>
+      <c r="E147" s="26">
+        <f>(B147+C147+D147)/3</f>
+        <v>3</v>
+      </c>
+      <c r="F147" s="23"/>
+      <c r="G147" s="23"/>
+      <c r="H147" s="23"/>
+      <c r="I147" s="22" t="e">
+        <f>#REF!+#REF!+F147+G147+H147</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J147" s="10" t="e">
+        <f>0.2*E147+0.8*I147</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K147" s="10" t="e">
+        <f>MAX(I147,J147)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L147" s="10" t="e">
+        <f>ROUND(K147*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M147" s="10" t="e">
+        <f>IF(L147&lt;4.5,ROUND(K147,0),L147)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N147" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F147="",G147=""),"",M147)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P147" s="3"/>
+    </row>
+    <row r="148" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A148" s="25" t="s">
+        <v>140</v>
+      </c>
+      <c r="B148" s="19">
+        <v>10</v>
+      </c>
+      <c r="C148" s="19"/>
+      <c r="D148" s="15"/>
+      <c r="E148" s="26">
+        <f>(B148+C148+D148)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F148" s="23"/>
+      <c r="G148" s="23"/>
+      <c r="H148" s="23"/>
+      <c r="I148" s="22" t="e">
+        <f>#REF!+#REF!+F148+G148+H148</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J148" s="10" t="e">
+        <f>0.2*E148+0.8*I148</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K148" s="10" t="e">
+        <f>MAX(I148,J148)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L148" s="10" t="e">
+        <f>ROUND(K148*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M148" s="10" t="e">
+        <f>IF(L148&lt;4.5,ROUND(K148,0),L148)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N148" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F148="",G148=""),"",M148)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P148" s="3"/>
+    </row>
+    <row r="149" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A149" s="25" t="s">
+        <v>120</v>
+      </c>
+      <c r="B149" s="19">
+        <v>2</v>
+      </c>
+      <c r="C149" s="19"/>
+      <c r="D149" s="15"/>
+      <c r="E149" s="26">
+        <f>(B149+C149+D149)/3</f>
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="F149" s="23"/>
+      <c r="G149" s="23"/>
+      <c r="H149" s="23"/>
+      <c r="I149" s="22" t="e">
+        <f>#REF!+#REF!+F149+G149+H149</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J149" s="10" t="e">
+        <f>0.2*E149+0.8*I149</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K149" s="10" t="e">
+        <f>MAX(I149,J149)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L149" s="10" t="e">
+        <f>ROUND(K149*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M149" s="10" t="e">
+        <f>IF(L149&lt;4.5,ROUND(K149,0),L149)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N149" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F149="",G149=""),"",M149)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P149" s="3"/>
+    </row>
+    <row r="150" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A150" s="25" t="s">
+        <v>79</v>
+      </c>
+      <c r="B150" s="19">
+        <v>10</v>
+      </c>
+      <c r="C150" s="19"/>
+      <c r="D150" s="15"/>
+      <c r="E150" s="26">
+        <f>(B150+C150+D150)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F150" s="23"/>
+      <c r="G150" s="23"/>
+      <c r="H150" s="23"/>
+      <c r="I150" s="22" t="e">
+        <f>#REF!+#REF!+F150+G150+H150</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J150" s="10" t="e">
+        <f>0.2*E150+0.8*I150</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K150" s="10" t="e">
+        <f>MAX(I150,J150)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L150" s="10" t="e">
+        <f>ROUND(K150*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M150" s="10" t="e">
+        <f>IF(L150&lt;4.5,ROUND(K150,0),L150)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N150" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F150="",G150=""),"",M150)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P150" s="3"/>
+    </row>
+    <row r="151" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A151" s="25" t="s">
+        <v>216</v>
+      </c>
+      <c r="B151" s="19">
+        <v>10</v>
+      </c>
+      <c r="C151" s="19"/>
+      <c r="D151" s="15"/>
+      <c r="E151" s="26">
+        <f>(B151+C151+D151)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F151" s="23"/>
+      <c r="G151" s="23"/>
+      <c r="H151" s="23"/>
+      <c r="I151" s="22" t="e">
+        <f>#REF!+#REF!+F151+G151+H151</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J151" s="10" t="e">
+        <f>0.2*E151+0.8*I151</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K151" s="10" t="e">
+        <f>MAX(I151,J151)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L151" s="10" t="e">
+        <f>ROUND(K151*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M151" s="10" t="e">
+        <f>IF(L151&lt;4.5,ROUND(K151,0),L151)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N151" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F151="",G151=""),"",M151)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P151" s="3"/>
+    </row>
+    <row r="152" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A152" s="25" t="s">
+        <v>244</v>
+      </c>
+      <c r="B152" s="19">
+        <v>10</v>
+      </c>
+      <c r="C152" s="19"/>
+      <c r="D152" s="15"/>
+      <c r="E152" s="26">
+        <f>(B152+C152+D152)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F152" s="23"/>
+      <c r="G152" s="23"/>
+      <c r="H152" s="23"/>
+      <c r="I152" s="22" t="e">
+        <f>#REF!+#REF!+F152+G152+H152</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J152" s="10" t="e">
+        <f>0.2*E152+0.8*I152</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K152" s="10" t="e">
+        <f>MAX(I152,J152)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L152" s="10" t="e">
+        <f>ROUND(K152*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M152" s="10" t="e">
+        <f>IF(L152&lt;4.5,ROUND(K152,0),L152)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N152" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F152="",G152=""),"",M152)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P152" s="3"/>
+    </row>
+    <row r="153" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A153" s="25" t="s">
+        <v>105</v>
+      </c>
+      <c r="B153" s="19">
+        <v>10</v>
+      </c>
+      <c r="C153" s="19"/>
+      <c r="D153" s="15"/>
+      <c r="E153" s="26">
+        <f>(B153+C153+D153)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F153" s="23"/>
+      <c r="G153" s="23"/>
+      <c r="H153" s="23"/>
+      <c r="I153" s="22" t="e">
+        <f>#REF!+#REF!+F153+G153+H153</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J153" s="10" t="e">
+        <f>0.2*E153+0.8*I153</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K153" s="10" t="e">
+        <f>MAX(I153,J153)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L153" s="10" t="e">
+        <f>ROUND(K153*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M153" s="10" t="e">
+        <f>IF(L153&lt;4.5,ROUND(K153,0),L153)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N153" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F153="",G153=""),"",M153)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P153" s="3"/>
+    </row>
+    <row r="154" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A154" s="37" t="s">
+        <v>125</v>
+      </c>
+      <c r="B154" s="19">
+        <v>10</v>
+      </c>
+      <c r="C154" s="19"/>
+      <c r="D154" s="15"/>
+      <c r="E154" s="26">
+        <f>(B154+C154+D154)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F154" s="23"/>
+      <c r="G154" s="23"/>
+      <c r="H154" s="23"/>
+      <c r="I154" s="22" t="e">
+        <f>#REF!+#REF!+F154+G154+H154</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J154" s="10" t="e">
+        <f>0.2*E154+0.8*I154</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K154" s="10" t="e">
+        <f>MAX(I154,J154)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L154" s="10" t="e">
+        <f>ROUND(K154*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M154" s="10" t="e">
+        <f>IF(L154&lt;4.5,ROUND(K154,0),L154)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N154" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F154="",G154=""),"",M154)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P154" s="3"/>
+    </row>
+    <row r="155" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A155" s="25" t="s">
+        <v>255</v>
+      </c>
+      <c r="B155" s="19">
+        <v>10</v>
+      </c>
+      <c r="C155" s="19"/>
+      <c r="D155" s="15"/>
+      <c r="E155" s="26">
+        <f>(B155+C155+D155)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F155" s="23"/>
+      <c r="G155" s="23"/>
+      <c r="H155" s="23"/>
+      <c r="I155" s="22" t="e">
+        <f>#REF!+#REF!+F155+G155+H155</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J155" s="10" t="e">
+        <f>0.2*E155+0.8*I155</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K155" s="10" t="e">
+        <f>MAX(I155,J155)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L155" s="10" t="e">
+        <f>ROUND(K155*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M155" s="10" t="e">
+        <f>IF(L155&lt;4.5,ROUND(K155,0),L155)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N155" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F155="",G155=""),"",M155)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P155" s="3"/>
+    </row>
+    <row r="156" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A156" s="25" t="s">
+        <v>208</v>
+      </c>
+      <c r="B156" s="19">
+        <v>10</v>
+      </c>
+      <c r="C156" s="19"/>
+      <c r="D156" s="15"/>
+      <c r="E156" s="26">
+        <f>(B156+C156+D156)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F156" s="23"/>
+      <c r="G156" s="23"/>
+      <c r="H156" s="23"/>
+      <c r="I156" s="22" t="e">
+        <f>#REF!+#REF!+F156+G156+H156</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J156" s="10" t="e">
+        <f>0.2*E156+0.8*I156</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K156" s="10" t="e">
+        <f>MAX(I156,J156)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L156" s="10" t="e">
+        <f>ROUND(K156*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M156" s="10" t="e">
+        <f>IF(L156&lt;4.5,ROUND(K156,0),L156)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N156" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F156="",G156=""),"",M156)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P156" s="3"/>
+    </row>
+    <row r="157" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A157" s="25" t="s">
+        <v>152</v>
+      </c>
+      <c r="B157" s="19">
+        <v>10</v>
+      </c>
+      <c r="C157" s="19"/>
+      <c r="D157" s="15"/>
+      <c r="E157" s="26">
+        <f>(B157+C157+D157)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F157" s="23"/>
+      <c r="G157" s="23"/>
+      <c r="H157" s="23"/>
+      <c r="I157" s="22" t="e">
+        <f>#REF!+#REF!+F157+G157+H157</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J157" s="10" t="e">
+        <f>0.2*E157+0.8*I157</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K157" s="10" t="e">
+        <f>MAX(I157,J157)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L157" s="10" t="e">
+        <f>ROUND(K157*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M157" s="10" t="e">
+        <f>IF(L157&lt;4.5,ROUND(K157,0),L157)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N157" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F157="",G157=""),"",M157)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P157" s="3"/>
+    </row>
+    <row r="158" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A158" s="25" t="s">
+        <v>185</v>
+      </c>
+      <c r="B158" s="19">
+        <v>10</v>
+      </c>
+      <c r="C158" s="19"/>
+      <c r="D158" s="15"/>
+      <c r="E158" s="26">
+        <f>(B158+C158+D158)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F158" s="23"/>
+      <c r="G158" s="23"/>
+      <c r="H158" s="23"/>
+      <c r="I158" s="22" t="e">
+        <f>#REF!+#REF!+F158+G158+H158</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J158" s="10" t="e">
+        <f>0.2*E158+0.8*I158</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K158" s="10" t="e">
+        <f>MAX(I158,J158)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L158" s="10" t="e">
+        <f>ROUND(K158*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M158" s="10" t="e">
+        <f>IF(L158&lt;4.5,ROUND(K158,0),L158)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N158" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F158="",G158=""),"",M158)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P158" s="3"/>
+    </row>
+    <row r="159" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A159" s="25" t="s">
+        <v>259</v>
+      </c>
+      <c r="B159" s="19">
+        <v>10</v>
+      </c>
+      <c r="C159" s="19"/>
+      <c r="D159" s="15"/>
+      <c r="E159" s="26">
+        <f>(B159+C159+D159)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F159" s="23"/>
+      <c r="G159" s="23"/>
+      <c r="H159" s="23"/>
+      <c r="I159" s="22" t="e">
+        <f>#REF!+#REF!+F159+G159+H159</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J159" s="10" t="e">
+        <f>0.2*E159+0.8*I159</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K159" s="10" t="e">
+        <f>MAX(I159,J159)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L159" s="10" t="e">
+        <f>ROUND(K159*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M159" s="10" t="e">
+        <f>IF(L159&lt;4.5,ROUND(K159,0),L159)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N159" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F159="",G159=""),"",M159)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P159" s="3"/>
+    </row>
+    <row r="160" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A160" s="25" t="s">
+        <v>194</v>
+      </c>
+      <c r="B160" s="19">
+        <v>10</v>
+      </c>
+      <c r="C160" s="19"/>
+      <c r="D160" s="15"/>
+      <c r="E160" s="26">
+        <f>(B160+C160+D160)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F160" s="23"/>
+      <c r="G160" s="23"/>
+      <c r="H160" s="23"/>
+      <c r="I160" s="22" t="e">
+        <f>#REF!+#REF!+F160+G160+H160</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J160" s="10" t="e">
+        <f>0.2*E160+0.8*I160</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K160" s="10" t="e">
+        <f>MAX(I160,J160)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L160" s="10" t="e">
+        <f>ROUND(K160*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M160" s="10" t="e">
+        <f>IF(L160&lt;4.5,ROUND(K160,0),L160)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N160" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F160="",G160=""),"",M160)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P160" s="3"/>
+    </row>
+    <row r="161" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A161" s="25" t="s">
+        <v>248</v>
+      </c>
+      <c r="B161" s="19">
+        <v>10</v>
+      </c>
+      <c r="C161" s="19"/>
+      <c r="D161" s="15"/>
+      <c r="E161" s="26">
+        <f>(B161+C161+D161)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F161" s="23"/>
+      <c r="G161" s="23"/>
+      <c r="H161" s="23"/>
+      <c r="I161" s="22" t="e">
+        <f>#REF!+#REF!+F161+G161+H161</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J161" s="10" t="e">
+        <f>0.2*E161+0.8*I161</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K161" s="10" t="e">
+        <f>MAX(I161,J161)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L161" s="10" t="e">
+        <f>ROUND(K161*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M161" s="10" t="e">
+        <f>IF(L161&lt;4.5,ROUND(K161,0),L161)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N161" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F161="",G161=""),"",M161)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O161" s="27"/>
+      <c r="P161" s="3"/>
+    </row>
+    <row r="162" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A162" s="25" t="s">
+        <v>137</v>
+      </c>
+      <c r="B162" s="19">
+        <v>10</v>
+      </c>
+      <c r="C162" s="19"/>
+      <c r="D162" s="15"/>
+      <c r="E162" s="26">
+        <f>(B162+C162+D162)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F162" s="23"/>
+      <c r="G162" s="23"/>
+      <c r="H162" s="23"/>
+      <c r="I162" s="22" t="e">
+        <f>#REF!+#REF!+F162+G162+H162</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J162" s="10" t="e">
+        <f>0.2*E162+0.8*I162</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K162" s="10" t="e">
+        <f>MAX(I162,J162)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L162" s="10" t="e">
+        <f>ROUND(K162*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M162" s="10" t="e">
+        <f>IF(L162&lt;4.5,ROUND(K162,0),L162)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N162" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F162="",G162=""),"",M162)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P162" s="3"/>
+    </row>
+    <row r="163" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A163" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="B163" s="19">
+        <v>10</v>
+      </c>
+      <c r="C163" s="19"/>
+      <c r="D163" s="15"/>
+      <c r="E163" s="26">
+        <f>(B163+C163+D163)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F163" s="23"/>
+      <c r="G163" s="23"/>
+      <c r="H163" s="23"/>
+      <c r="I163" s="22" t="e">
+        <f>#REF!+#REF!+F163+G163+H163</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J163" s="10" t="e">
+        <f>0.2*E163+0.8*I163</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K163" s="10" t="e">
+        <f>MAX(I163,J163)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L163" s="10" t="e">
+        <f>ROUND(K163*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M163" s="10" t="e">
+        <f>IF(L163&lt;4.5,ROUND(K163,0),L163)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N163" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F163="",G163=""),"",M163)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P163" s="3"/>
+    </row>
+    <row r="164" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A164" s="25" t="s">
+        <v>275</v>
+      </c>
+      <c r="B164" s="19">
+        <v>10</v>
+      </c>
+      <c r="C164" s="19"/>
+      <c r="D164" s="15"/>
+      <c r="E164" s="26">
+        <f>(B164+C164+D164)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F164" s="23"/>
+      <c r="G164" s="23"/>
+      <c r="H164" s="23"/>
+      <c r="I164" s="22" t="e">
+        <f>#REF!+#REF!+F164+G164+H164</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J164" s="10" t="e">
+        <f>0.2*E164+0.8*I164</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K164" s="10" t="e">
+        <f>MAX(I164,J164)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L164" s="10" t="e">
+        <f>ROUND(K164*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M164" s="10" t="e">
+        <f>IF(L164&lt;4.5,ROUND(K164,0),L164)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N164" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F164="",G164=""),"",M164)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P164" s="3"/>
+    </row>
+    <row r="165" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A165" s="25" t="s">
+        <v>141</v>
+      </c>
+      <c r="B165" s="19">
+        <v>10</v>
+      </c>
+      <c r="C165" s="19"/>
+      <c r="D165" s="15"/>
+      <c r="E165" s="26">
+        <f>(B165+C165+D165)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F165" s="23"/>
+      <c r="G165" s="23"/>
+      <c r="H165" s="23"/>
+      <c r="I165" s="22" t="e">
+        <f>#REF!+#REF!+F165+G165+H165</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J165" s="10" t="e">
+        <f>0.2*E165+0.8*I165</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K165" s="10" t="e">
+        <f>MAX(I165,J165)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L165" s="10" t="e">
+        <f>ROUND(K165*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M165" s="10" t="e">
+        <f>IF(L165&lt;4.5,ROUND(K165,0),L165)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N165" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F165="",G165=""),"",M165)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P165" s="3"/>
+    </row>
+    <row r="166" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A166" s="25" t="s">
+        <v>148</v>
+      </c>
+      <c r="B166" s="19">
+        <v>10</v>
+      </c>
+      <c r="C166" s="19"/>
+      <c r="D166" s="15"/>
+      <c r="E166" s="26">
+        <f>(B166+C166+D166)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F166" s="23"/>
+      <c r="G166" s="23"/>
+      <c r="H166" s="23"/>
+      <c r="I166" s="22" t="e">
+        <f>#REF!+#REF!+F166+G166+H166</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J166" s="10" t="e">
+        <f>0.2*E166+0.8*I166</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K166" s="10" t="e">
+        <f>MAX(I166,J166)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L166" s="10" t="e">
+        <f>ROUND(K166*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M166" s="10" t="e">
+        <f>IF(L166&lt;4.5,ROUND(K166,0),L166)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N166" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F166="",G166=""),"",M166)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P166" s="3"/>
+    </row>
+    <row r="167" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A167" s="25" t="s">
+        <v>149</v>
+      </c>
+      <c r="B167" s="19">
+        <v>7</v>
+      </c>
+      <c r="C167" s="19"/>
+      <c r="D167" s="15"/>
+      <c r="E167" s="26">
+        <f>(B167+C167+D167)/3</f>
+        <v>2.3333333333333335</v>
+      </c>
+      <c r="F167" s="23"/>
+      <c r="G167" s="23"/>
+      <c r="H167" s="23"/>
+      <c r="I167" s="22" t="e">
+        <f>#REF!+#REF!+F167+G167+H167</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J167" s="10" t="e">
+        <f>0.2*E167+0.8*I167</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K167" s="10" t="e">
+        <f>MAX(I167,J167)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L167" s="10" t="e">
+        <f>ROUND(K167*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M167" s="10" t="e">
+        <f>IF(L167&lt;4.5,ROUND(K167,0),L167)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N167" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F167="",G167=""),"",M167)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P167" s="3"/>
+    </row>
+    <row r="168" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A168" s="25" t="s">
+        <v>236</v>
+      </c>
+      <c r="B168" s="19">
+        <v>10</v>
+      </c>
+      <c r="C168" s="19"/>
+      <c r="D168" s="15"/>
+      <c r="E168" s="26">
+        <f>(B168+C168+D168)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F168" s="23"/>
+      <c r="G168" s="23"/>
+      <c r="H168" s="23"/>
+      <c r="I168" s="22" t="e">
+        <f>#REF!+#REF!+F168+G168+H168</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J168" s="10" t="e">
+        <f>0.2*E168+0.8*I168</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K168" s="10" t="e">
+        <f>MAX(I168,J168)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L168" s="10" t="e">
+        <f>ROUND(K168*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M168" s="10" t="e">
+        <f>IF(L168&lt;4.5,ROUND(K168,0),L168)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N168" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F168="",G168=""),"",M168)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P168" s="3"/>
+    </row>
+    <row r="169" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A169" s="25" t="s">
+        <v>153</v>
+      </c>
+      <c r="B169" s="19">
+        <v>10</v>
+      </c>
+      <c r="C169" s="19"/>
+      <c r="D169" s="15"/>
+      <c r="E169" s="26">
+        <f>(B169+C169+D169)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F169" s="23"/>
+      <c r="G169" s="23"/>
+      <c r="H169" s="23"/>
+      <c r="I169" s="22" t="e">
+        <f>#REF!+#REF!+F169+G169+H169</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J169" s="10" t="e">
+        <f>0.2*E169+0.8*I169</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K169" s="10" t="e">
+        <f>MAX(I169,J169)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L169" s="10" t="e">
+        <f>ROUND(K169*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M169" s="10" t="e">
+        <f>IF(L169&lt;4.5,ROUND(K169,0),L169)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N169" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F169="",G169=""),"",M169)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P169" s="3"/>
+    </row>
+    <row r="170" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A170" s="25" t="s">
+        <v>121</v>
+      </c>
+      <c r="B170" s="19">
+        <v>8</v>
+      </c>
+      <c r="C170" s="19"/>
+      <c r="D170" s="15"/>
+      <c r="E170" s="26">
+        <f>(B170+C170+D170)/3</f>
+        <v>2.6666666666666665</v>
+      </c>
+      <c r="F170" s="23"/>
+      <c r="G170" s="23"/>
+      <c r="H170" s="23"/>
+      <c r="I170" s="22" t="e">
+        <f>#REF!+#REF!+F170+G170+H170</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J170" s="10" t="e">
+        <f>0.2*E170+0.8*I170</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K170" s="10" t="e">
+        <f>MAX(I170,J170)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L170" s="10" t="e">
+        <f>ROUND(K170*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M170" s="10" t="e">
+        <f>IF(L170&lt;4.5,ROUND(K170,0),L170)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N170" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F170="",G170=""),"",M170)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P170" s="3"/>
+    </row>
+    <row r="171" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A171" s="25" t="s">
+        <v>226</v>
+      </c>
+      <c r="B171" s="19">
+        <v>10</v>
+      </c>
+      <c r="C171" s="19"/>
+      <c r="D171" s="15"/>
+      <c r="E171" s="26">
+        <f>(B171+C171+D171)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F171" s="23"/>
+      <c r="G171" s="23"/>
+      <c r="H171" s="23"/>
+      <c r="I171" s="22" t="e">
+        <f>#REF!+#REF!+F171+G171+H171</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J171" s="10" t="e">
+        <f>0.2*E171+0.8*I171</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K171" s="10" t="e">
+        <f>MAX(I171,J171)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L171" s="10" t="e">
+        <f>ROUND(K171*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M171" s="10" t="e">
+        <f>IF(L171&lt;4.5,ROUND(K171,0),L171)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N171" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F171="",G171=""),"",M171)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P171" s="3"/>
+    </row>
+    <row r="172" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A172" s="25" t="s">
+        <v>274</v>
+      </c>
+      <c r="B172" s="19">
+        <v>10</v>
+      </c>
+      <c r="C172" s="19"/>
+      <c r="D172" s="15"/>
+      <c r="E172" s="26">
+        <f>(B172+C172+D172)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F172" s="23"/>
+      <c r="G172" s="23"/>
+      <c r="H172" s="23"/>
+      <c r="I172" s="22" t="e">
+        <f>#REF!+#REF!+F172+G172+H172</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J172" s="10" t="e">
+        <f>0.2*E172+0.8*I172</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K172" s="10" t="e">
+        <f>MAX(I172,J172)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L172" s="10" t="e">
+        <f>ROUND(K172*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M172" s="10" t="e">
+        <f>IF(L172&lt;4.5,ROUND(K172,0),L172)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N172" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F172="",G172=""),"",M172)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P172" s="3"/>
+    </row>
+    <row r="173" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A173" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="B173" s="19">
+        <v>10</v>
+      </c>
+      <c r="C173" s="19"/>
+      <c r="D173" s="15"/>
+      <c r="E173" s="26">
+        <f>(B173+C173+D173)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F173" s="23"/>
+      <c r="G173" s="23"/>
+      <c r="H173" s="23"/>
+      <c r="I173" s="22" t="e">
+        <f>#REF!+#REF!+F173+G173+H173</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J173" s="10" t="e">
+        <f>0.2*E173+0.8*I173</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K173" s="10" t="e">
+        <f>MAX(I173,J173)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L173" s="10" t="e">
+        <f>ROUND(K173*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M173" s="10" t="e">
+        <f>IF(L173&lt;4.5,ROUND(K173,0),L173)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N173" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F173="",G173=""),"",M173)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P173" s="3"/>
+    </row>
+    <row r="174" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A174" s="25" t="s">
+        <v>106</v>
+      </c>
+      <c r="B174" s="19">
+        <v>10</v>
+      </c>
+      <c r="C174" s="19"/>
+      <c r="D174" s="15"/>
+      <c r="E174" s="26">
+        <f>(B174+C174+D174)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F174" s="23"/>
+      <c r="G174" s="23"/>
+      <c r="H174" s="23"/>
+      <c r="I174" s="22" t="e">
+        <f>#REF!+#REF!+F174+G174+H174</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J174" s="10" t="e">
+        <f>0.2*E174+0.8*I174</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K174" s="10" t="e">
+        <f>MAX(I174,J174)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L174" s="10" t="e">
+        <f>ROUND(K174*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M174" s="10" t="e">
+        <f>IF(L174&lt;4.5,ROUND(K174,0),L174)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N174" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F174="",G174=""),"",M174)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P174" s="3"/>
+    </row>
+    <row r="175" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A175" s="25" t="s">
+        <v>207</v>
+      </c>
+      <c r="B175" s="19">
+        <v>10</v>
+      </c>
+      <c r="C175" s="19"/>
+      <c r="D175" s="15"/>
+      <c r="E175" s="26">
+        <f>(B175+C175+D175)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F175" s="23"/>
+      <c r="G175" s="23"/>
+      <c r="H175" s="23"/>
+      <c r="I175" s="22" t="e">
+        <f>#REF!+#REF!+F175+G175+H175</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J175" s="10" t="e">
+        <f>0.2*E175+0.8*I175</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K175" s="10" t="e">
+        <f>MAX(I175,J175)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L175" s="10" t="e">
+        <f>ROUND(K175*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M175" s="10" t="e">
+        <f>IF(L175&lt;4.5,ROUND(K175,0),L175)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N175" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F175="",G175=""),"",M175)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P175" s="3"/>
+    </row>
+    <row r="176" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A176" s="25" t="s">
+        <v>116</v>
+      </c>
+      <c r="B176" s="19">
+        <v>10</v>
+      </c>
+      <c r="C176" s="19"/>
+      <c r="D176" s="15"/>
+      <c r="E176" s="26">
+        <f>(B176+C176+D176)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F176" s="23"/>
+      <c r="G176" s="23"/>
+      <c r="H176" s="23"/>
+      <c r="I176" s="22" t="e">
+        <f>#REF!+#REF!+F176+G176+H176</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J176" s="10" t="e">
+        <f>0.2*E176+0.8*I176</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K176" s="10" t="e">
+        <f>MAX(I176,J176)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L176" s="10" t="e">
+        <f>ROUND(K176*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M176" s="10" t="e">
+        <f>IF(L176&lt;4.5,ROUND(K176,0),L176)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N176" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F176="",G176=""),"",M176)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P176" s="3"/>
+    </row>
+    <row r="177" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A177" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="B177" s="19"/>
+      <c r="C177" s="19"/>
+      <c r="D177" s="15"/>
+      <c r="E177" s="26">
+        <f>(B177+C177+D177)/3</f>
         <v>0</v>
       </c>
-      <c r="M134" s="10">
-[...624 lines deleted...]
-      <c r="A148" s="26" t="s">
+      <c r="F177" s="23"/>
+      <c r="G177" s="23"/>
+      <c r="H177" s="23"/>
+      <c r="I177" s="22" t="e">
+        <f>#REF!+#REF!+F177+G177+H177</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J177" s="10" t="e">
+        <f>0.2*E177+0.8*I177</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K177" s="10" t="e">
+        <f>MAX(I177,J177)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L177" s="10" t="e">
+        <f>ROUND(K177*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M177" s="10" t="e">
+        <f>IF(L177&lt;4.5,ROUND(K177,0),L177)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N177" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F177="",G177=""),"",M177)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P177" s="3"/>
+    </row>
+    <row r="178" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A178" s="25" t="s">
+        <v>92</v>
+      </c>
+      <c r="B178" s="19">
+        <v>10</v>
+      </c>
+      <c r="C178" s="19"/>
+      <c r="D178" s="15"/>
+      <c r="E178" s="26">
+        <f>(B178+C178+D178)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F178" s="23"/>
+      <c r="G178" s="23"/>
+      <c r="H178" s="23"/>
+      <c r="I178" s="22" t="e">
+        <f>#REF!+#REF!+F178+G178+H178</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J178" s="10" t="e">
+        <f>0.2*E178+0.8*I178</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K178" s="10" t="e">
+        <f>MAX(I178,J178)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L178" s="10" t="e">
+        <f>ROUND(K178*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M178" s="10" t="e">
+        <f>IF(L178&lt;4.5,ROUND(K178,0),L178)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N178" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F178="",G178=""),"",M178)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P178" s="3"/>
+    </row>
+    <row r="179" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A179" s="25" t="s">
+        <v>190</v>
+      </c>
+      <c r="B179" s="19">
+        <v>10</v>
+      </c>
+      <c r="C179" s="19"/>
+      <c r="D179" s="15"/>
+      <c r="E179" s="26">
+        <f>(B179+C179+D179)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F179" s="23"/>
+      <c r="G179" s="23"/>
+      <c r="H179" s="23"/>
+      <c r="I179" s="22" t="e">
+        <f>#REF!+#REF!+F179+G179+H179</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J179" s="10" t="e">
+        <f>0.2*E179+0.8*I179</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K179" s="10" t="e">
+        <f>MAX(I179,J179)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L179" s="10" t="e">
+        <f>ROUND(K179*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M179" s="10" t="e">
+        <f>IF(L179&lt;4.5,ROUND(K179,0),L179)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N179" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F179="",G179=""),"",M179)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P179" s="3"/>
+    </row>
+    <row r="180" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A180" s="25" t="s">
         <v>183</v>
       </c>
-      <c r="B148" s="20">
-[...1513 lines deleted...]
-      <c r="E180" s="27">
+      <c r="B180" s="19">
+        <v>10</v>
+      </c>
+      <c r="C180" s="19"/>
+      <c r="D180" s="15"/>
+      <c r="E180" s="26">
         <f>(B180+C180+D180)/3</f>
-        <v>10</v>
-[...37 lines deleted...]
-      <c r="C181" s="20"/>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F180" s="23"/>
+      <c r="G180" s="23"/>
+      <c r="H180" s="23"/>
+      <c r="I180" s="22" t="e">
+        <f>#REF!+#REF!+F180+G180+H180</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J180" s="10" t="e">
+        <f>0.2*E180+0.8*I180</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K180" s="10" t="e">
+        <f>MAX(I180,J180)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L180" s="10" t="e">
+        <f>ROUND(K180*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M180" s="10" t="e">
+        <f>IF(L180&lt;4.5,ROUND(K180,0),L180)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N180" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F180="",G180=""),"",M180)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P180" s="3"/>
+    </row>
+    <row r="181" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A181" s="25" t="s">
+        <v>225</v>
+      </c>
+      <c r="B181" s="19"/>
+      <c r="C181" s="19"/>
       <c r="D181" s="15"/>
-      <c r="E181" s="27">
+      <c r="E181" s="26">
         <f>(B181+C181+D181)/3</f>
         <v>0</v>
       </c>
-      <c r="F181" s="24"/>
-[...5 lines deleted...]
-        <f>F181+G181+H181+I181+J181</f>
+      <c r="F181" s="23"/>
+      <c r="G181" s="23"/>
+      <c r="H181" s="23"/>
+      <c r="I181" s="22" t="e">
+        <f>#REF!+#REF!+F181+G181+H181</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J181" s="10" t="e">
+        <f>0.2*E181+0.8*I181</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K181" s="10" t="e">
+        <f>MAX(I181,J181)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L181" s="10" t="e">
+        <f>ROUND(K181*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M181" s="10" t="e">
+        <f>IF(L181&lt;4.5,ROUND(K181,0),L181)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N181" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F181="",G181=""),"",M181)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P181" s="3"/>
+    </row>
+    <row r="182" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A182" s="25" t="s">
+        <v>200</v>
+      </c>
+      <c r="B182" s="19">
+        <v>10</v>
+      </c>
+      <c r="C182" s="19"/>
+      <c r="D182" s="15"/>
+      <c r="E182" s="26">
+        <f>(B182+C182+D182)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F182" s="23"/>
+      <c r="G182" s="23"/>
+      <c r="H182" s="23"/>
+      <c r="I182" s="22" t="e">
+        <f>#REF!+#REF!+F182+G182+H182</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J182" s="10" t="e">
+        <f>0.2*E182+0.8*I182</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K182" s="10" t="e">
+        <f>MAX(I182,J182)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L182" s="10" t="e">
+        <f>ROUND(K182*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M182" s="10" t="e">
+        <f>IF(L182&lt;4.5,ROUND(K182,0),L182)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N182" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F182="",G182=""),"",M182)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P182" s="3"/>
+    </row>
+    <row r="183" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A183" s="25" t="s">
+        <v>251</v>
+      </c>
+      <c r="B183" s="19">
+        <v>10</v>
+      </c>
+      <c r="C183" s="19"/>
+      <c r="D183" s="15"/>
+      <c r="E183" s="26">
+        <f>(B183+C183+D183)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F183" s="23"/>
+      <c r="G183" s="23"/>
+      <c r="H183" s="23"/>
+      <c r="I183" s="22" t="e">
+        <f>#REF!+#REF!+F183+G183+H183</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J183" s="10" t="e">
+        <f>0.2*E183+0.8*I183</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K183" s="10" t="e">
+        <f>MAX(I183,J183)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L183" s="10" t="e">
+        <f>ROUND(K183*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M183" s="10" t="e">
+        <f>IF(L183&lt;4.5,ROUND(K183,0),L183)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N183" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F183="",G183=""),"",M183)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P183" s="3"/>
+    </row>
+    <row r="184" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A184" s="25" t="s">
+        <v>161</v>
+      </c>
+      <c r="B184" s="19">
+        <v>8.5</v>
+      </c>
+      <c r="C184" s="19"/>
+      <c r="D184" s="15"/>
+      <c r="E184" s="26">
+        <f>(B184+C184+D184)/3</f>
+        <v>2.8333333333333335</v>
+      </c>
+      <c r="F184" s="23"/>
+      <c r="G184" s="23"/>
+      <c r="H184" s="23"/>
+      <c r="I184" s="22" t="e">
+        <f>#REF!+#REF!+F184+G184+H184</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J184" s="10" t="e">
+        <f>0.2*E184+0.8*I184</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K184" s="10" t="e">
+        <f>MAX(I184,J184)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L184" s="10" t="e">
+        <f>ROUND(K184*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M184" s="10" t="e">
+        <f>IF(L184&lt;4.5,ROUND(K184,0),L184)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N184" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F184="",G184=""),"",M184)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P184" s="3"/>
+    </row>
+    <row r="185" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A185" s="25" t="s">
+        <v>174</v>
+      </c>
+      <c r="B185" s="19">
+        <v>10</v>
+      </c>
+      <c r="C185" s="19"/>
+      <c r="D185" s="15"/>
+      <c r="E185" s="26">
+        <f>(B185+C185+D185)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F185" s="23"/>
+      <c r="G185" s="23"/>
+      <c r="H185" s="23"/>
+      <c r="I185" s="22" t="e">
+        <f>#REF!+#REF!+F185+G185+H185</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J185" s="10" t="e">
+        <f>0.2*E185+0.8*I185</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K185" s="10" t="e">
+        <f>MAX(I185,J185)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L185" s="10" t="e">
+        <f>ROUND(K185*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M185" s="10" t="e">
+        <f>IF(L185&lt;4.5,ROUND(K185,0),L185)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N185" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F185="",G185=""),"",M185)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P185" s="3"/>
+    </row>
+    <row r="186" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A186" s="25" t="s">
+        <v>277</v>
+      </c>
+      <c r="B186" s="19">
+        <v>10</v>
+      </c>
+      <c r="C186" s="19"/>
+      <c r="D186" s="15"/>
+      <c r="E186" s="26">
+        <f>(B186+C186+D186)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F186" s="23"/>
+      <c r="G186" s="23"/>
+      <c r="H186" s="23"/>
+      <c r="I186" s="22" t="e">
+        <f>#REF!+#REF!+F186+G186+H186</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J186" s="10" t="e">
+        <f>0.2*E186+0.8*I186</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K186" s="10" t="e">
+        <f>MAX(I186,J186)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L186" s="10" t="e">
+        <f>ROUND(K186*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M186" s="10" t="e">
+        <f>IF(L186&lt;4.5,ROUND(K186,0),L186)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N186" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F186="",G186=""),"",M186)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P186" s="3"/>
+    </row>
+    <row r="187" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A187" s="25" t="s">
+        <v>198</v>
+      </c>
+      <c r="B187" s="19">
+        <v>10</v>
+      </c>
+      <c r="C187" s="19"/>
+      <c r="D187" s="15"/>
+      <c r="E187" s="26">
+        <f>(B187+C187+D187)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F187" s="23"/>
+      <c r="G187" s="23"/>
+      <c r="H187" s="23"/>
+      <c r="I187" s="22" t="e">
+        <f>#REF!+#REF!+F187+G187+H187</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J187" s="10" t="e">
+        <f>0.2*E187+0.8*I187</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K187" s="10" t="e">
+        <f>MAX(I187,J187)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L187" s="10" t="e">
+        <f>ROUND(K187*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M187" s="10" t="e">
+        <f>IF(L187&lt;4.5,ROUND(K187,0),L187)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N187" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F187="",G187=""),"",M187)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P187" s="3"/>
+    </row>
+    <row r="188" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A188" s="25" t="s">
+        <v>83</v>
+      </c>
+      <c r="B188" s="19">
+        <v>9.5</v>
+      </c>
+      <c r="C188" s="19"/>
+      <c r="D188" s="15"/>
+      <c r="E188" s="26">
+        <f>(B188+C188+D188)/3</f>
+        <v>3.1666666666666665</v>
+      </c>
+      <c r="F188" s="23"/>
+      <c r="G188" s="23"/>
+      <c r="H188" s="23"/>
+      <c r="I188" s="22" t="e">
+        <f>#REF!+#REF!+F188+G188+H188</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J188" s="10" t="e">
+        <f>0.2*E188+0.8*I188</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K188" s="10" t="e">
+        <f>MAX(I188,J188)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L188" s="10" t="e">
+        <f>ROUND(K188*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M188" s="10" t="e">
+        <f>IF(L188&lt;4.5,ROUND(K188,0),L188)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N188" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F188="",G188=""),"",M188)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P188" s="3"/>
+    </row>
+    <row r="189" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A189" s="25" t="s">
+        <v>220</v>
+      </c>
+      <c r="B189" s="19">
+        <v>10</v>
+      </c>
+      <c r="C189" s="19"/>
+      <c r="D189" s="15"/>
+      <c r="E189" s="26">
+        <f>(B189+C189+D189)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F189" s="23"/>
+      <c r="G189" s="23"/>
+      <c r="H189" s="23"/>
+      <c r="I189" s="22" t="e">
+        <f>#REF!+#REF!+F189+G189+H189</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J189" s="10" t="e">
+        <f>0.2*E189+0.8*I189</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K189" s="10" t="e">
+        <f>MAX(I189,J189)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L189" s="10" t="e">
+        <f>ROUND(K189*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M189" s="10" t="e">
+        <f>IF(L189&lt;4.5,ROUND(K189,0),L189)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N189" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F189="",G189=""),"",M189)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P189" s="3"/>
+    </row>
+    <row r="190" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A190" s="25" t="s">
+        <v>235</v>
+      </c>
+      <c r="B190" s="19">
+        <v>10</v>
+      </c>
+      <c r="C190" s="19"/>
+      <c r="D190" s="15"/>
+      <c r="E190" s="26">
+        <f>(B190+C190+D190)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F190" s="23"/>
+      <c r="G190" s="23"/>
+      <c r="H190" s="23"/>
+      <c r="I190" s="22" t="e">
+        <f>#REF!+#REF!+F190+G190+H190</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J190" s="10" t="e">
+        <f>0.2*E190+0.8*I190</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K190" s="10" t="e">
+        <f>MAX(I190,J190)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L190" s="10" t="e">
+        <f>ROUND(K190*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M190" s="10" t="e">
+        <f>IF(L190&lt;4.5,ROUND(K190,0),L190)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N190" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F190="",G190=""),"",M190)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P190" s="3"/>
+    </row>
+    <row r="191" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A191" s="25" t="s">
+        <v>138</v>
+      </c>
+      <c r="B191" s="19">
+        <v>8</v>
+      </c>
+      <c r="C191" s="19"/>
+      <c r="D191" s="15"/>
+      <c r="E191" s="26">
+        <f>(B191+C191+D191)/3</f>
+        <v>2.6666666666666665</v>
+      </c>
+      <c r="F191" s="23"/>
+      <c r="G191" s="23"/>
+      <c r="H191" s="23"/>
+      <c r="I191" s="22" t="e">
+        <f>#REF!+#REF!+F191+G191+H191</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J191" s="10" t="e">
+        <f>0.2*E191+0.8*I191</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K191" s="10" t="e">
+        <f>MAX(I191,J191)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L191" s="10" t="e">
+        <f>ROUND(K191*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M191" s="10" t="e">
+        <f>IF(L191&lt;4.5,ROUND(K191,0),L191)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N191" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F191="",G191=""),"",M191)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P191" s="3"/>
+    </row>
+    <row r="192" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A192" s="25" t="s">
+        <v>195</v>
+      </c>
+      <c r="B192" s="19">
+        <v>10</v>
+      </c>
+      <c r="C192" s="19"/>
+      <c r="D192" s="15"/>
+      <c r="E192" s="26">
+        <f>(B192+C192+D192)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F192" s="23"/>
+      <c r="G192" s="23"/>
+      <c r="H192" s="23"/>
+      <c r="I192" s="22" t="e">
+        <f>#REF!+#REF!+F192+G192+H192</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J192" s="10" t="e">
+        <f>0.2*E192+0.8*I192</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K192" s="10" t="e">
+        <f>MAX(I192,J192)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L192" s="10" t="e">
+        <f>ROUND(K192*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M192" s="10" t="e">
+        <f>IF(L192&lt;4.5,ROUND(K192,0),L192)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N192" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F192="",G192=""),"",M192)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P192" s="3"/>
+    </row>
+    <row r="193" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A193" s="25" t="s">
+        <v>278</v>
+      </c>
+      <c r="B193" s="19">
+        <v>10</v>
+      </c>
+      <c r="C193" s="19"/>
+      <c r="D193" s="15"/>
+      <c r="E193" s="26">
+        <f>(B193+C193+D193)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F193" s="23"/>
+      <c r="G193" s="23"/>
+      <c r="H193" s="23"/>
+      <c r="I193" s="22" t="e">
+        <f>#REF!+#REF!+F193+G193+H193</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J193" s="10" t="e">
+        <f>0.2*E193+0.8*I193</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K193" s="10" t="e">
+        <f>MAX(I193,J193)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L193" s="10" t="e">
+        <f>ROUND(K193*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M193" s="10" t="e">
+        <f>IF(L193&lt;4.5,ROUND(K193,0),L193)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N193" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F193="",G193=""),"",M193)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P193" s="3"/>
+    </row>
+    <row r="194" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A194" s="25" t="s">
+        <v>118</v>
+      </c>
+      <c r="B194" s="19">
+        <v>10</v>
+      </c>
+      <c r="C194" s="19"/>
+      <c r="D194" s="15"/>
+      <c r="E194" s="26">
+        <f>(B194+C194+D194)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F194" s="23"/>
+      <c r="G194" s="23"/>
+      <c r="H194" s="23"/>
+      <c r="I194" s="22" t="e">
+        <f>#REF!+#REF!+F194+G194+H194</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J194" s="10" t="e">
+        <f>0.2*E194+0.8*I194</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K194" s="10" t="e">
+        <f>MAX(I194,J194)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L194" s="10" t="e">
+        <f>ROUND(K194*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M194" s="10" t="e">
+        <f>IF(L194&lt;4.5,ROUND(K194,0),L194)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N194" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F194="",G194=""),"",M194)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P194" s="3"/>
+    </row>
+    <row r="195" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A195" s="25" t="s">
+        <v>74</v>
+      </c>
+      <c r="B195" s="19"/>
+      <c r="C195" s="19"/>
+      <c r="D195" s="15"/>
+      <c r="E195" s="26">
+        <f>(B195+C195+D195)/3</f>
         <v>0</v>
       </c>
-      <c r="L181" s="10">
-[...679 lines deleted...]
-      <c r="E196" s="27">
+      <c r="F195" s="23"/>
+      <c r="G195" s="23"/>
+      <c r="H195" s="23"/>
+      <c r="I195" s="22" t="e">
+        <f>#REF!+#REF!+F195+G195+H195</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J195" s="10" t="e">
+        <f>0.2*E195+0.8*I195</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K195" s="10" t="e">
+        <f>MAX(I195,J195)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L195" s="10" t="e">
+        <f>ROUND(K195*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M195" s="10" t="e">
+        <f>IF(L195&lt;4.5,ROUND(K195,0),L195)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N195" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F195="",G195=""),"",M195)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P195" s="3"/>
+    </row>
+    <row r="196" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A196" s="25" t="s">
+        <v>135</v>
+      </c>
+      <c r="B196" s="19">
+        <v>8.5</v>
+      </c>
+      <c r="C196" s="19"/>
+      <c r="D196" s="15"/>
+      <c r="E196" s="26">
         <f>(B196+C196+D196)/3</f>
-        <v>10</v>
-[...45 lines deleted...]
-      <c r="E197" s="27">
+        <v>2.8333333333333335</v>
+      </c>
+      <c r="F196" s="23"/>
+      <c r="G196" s="23"/>
+      <c r="H196" s="23"/>
+      <c r="I196" s="22" t="e">
+        <f>#REF!+#REF!+F196+G196+H196</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J196" s="10" t="e">
+        <f>0.2*E196+0.8*I196</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K196" s="10" t="e">
+        <f>MAX(I196,J196)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L196" s="10" t="e">
+        <f>ROUND(K196*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M196" s="10" t="e">
+        <f>IF(L196&lt;4.5,ROUND(K196,0),L196)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N196" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F196="",G196=""),"",M196)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P196" s="3"/>
+    </row>
+    <row r="197" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A197" s="25" t="s">
+        <v>102</v>
+      </c>
+      <c r="B197" s="19">
+        <v>10</v>
+      </c>
+      <c r="C197" s="19"/>
+      <c r="D197" s="15"/>
+      <c r="E197" s="26">
         <f>(B197+C197+D197)/3</f>
-        <v>10</v>
-[...37 lines deleted...]
-      <c r="C198" s="20"/>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F197" s="23"/>
+      <c r="G197" s="23"/>
+      <c r="H197" s="23"/>
+      <c r="I197" s="22" t="e">
+        <f>#REF!+#REF!+F197+G197+H197</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J197" s="10" t="e">
+        <f>0.2*E197+0.8*I197</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K197" s="10" t="e">
+        <f>MAX(I197,J197)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L197" s="10" t="e">
+        <f>ROUND(K197*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M197" s="10" t="e">
+        <f>IF(L197&lt;4.5,ROUND(K197,0),L197)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N197" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F197="",G197=""),"",M197)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P197" s="3"/>
+    </row>
+    <row r="198" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A198" s="25" t="s">
+        <v>127</v>
+      </c>
+      <c r="B198" s="19">
+        <v>10</v>
+      </c>
+      <c r="C198" s="19"/>
       <c r="D198" s="15"/>
-      <c r="E198" s="27">
+      <c r="E198" s="26">
         <f>(B198+C198+D198)/3</f>
-        <v>0</v>
-[...37 lines deleted...]
-      <c r="C199" s="20"/>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F198" s="23"/>
+      <c r="G198" s="23"/>
+      <c r="H198" s="23"/>
+      <c r="I198" s="22" t="e">
+        <f>#REF!+#REF!+F198+G198+H198</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J198" s="10" t="e">
+        <f>0.2*E198+0.8*I198</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K198" s="10" t="e">
+        <f>MAX(I198,J198)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L198" s="10" t="e">
+        <f>ROUND(K198*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M198" s="10" t="e">
+        <f>IF(L198&lt;4.5,ROUND(K198,0),L198)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N198" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F198="",G198=""),"",M198)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P198" s="3"/>
+    </row>
+    <row r="199" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A199" s="25" t="s">
+        <v>145</v>
+      </c>
+      <c r="B199" s="19">
+        <v>10</v>
+      </c>
+      <c r="C199" s="19"/>
       <c r="D199" s="15"/>
-      <c r="E199" s="27">
+      <c r="E199" s="26">
         <f>(B199+C199+D199)/3</f>
-        <v>0</v>
-[...45 lines deleted...]
-      <c r="E200" s="27">
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F199" s="23"/>
+      <c r="G199" s="23"/>
+      <c r="H199" s="23"/>
+      <c r="I199" s="22" t="e">
+        <f>#REF!+#REF!+F199+G199+H199</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J199" s="10" t="e">
+        <f>0.2*E199+0.8*I199</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K199" s="10" t="e">
+        <f>MAX(I199,J199)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L199" s="10" t="e">
+        <f>ROUND(K199*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M199" s="10" t="e">
+        <f>IF(L199&lt;4.5,ROUND(K199,0),L199)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N199" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F199="",G199=""),"",M199)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P199" s="3"/>
+    </row>
+    <row r="200" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A200" s="25" t="s">
+        <v>170</v>
+      </c>
+      <c r="B200" s="19">
+        <v>10</v>
+      </c>
+      <c r="C200" s="19"/>
+      <c r="D200" s="15"/>
+      <c r="E200" s="26">
         <f>(B200+C200+D200)/3</f>
-        <v>10</v>
-[...37 lines deleted...]
-      <c r="C201" s="20"/>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F200" s="23"/>
+      <c r="G200" s="23"/>
+      <c r="H200" s="23"/>
+      <c r="I200" s="22" t="e">
+        <f>#REF!+#REF!+F200+G200+H200</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J200" s="10" t="e">
+        <f>0.2*E200+0.8*I200</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K200" s="10" t="e">
+        <f>MAX(I200,J200)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L200" s="10" t="e">
+        <f>ROUND(K200*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M200" s="10" t="e">
+        <f>IF(L200&lt;4.5,ROUND(K200,0),L200)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N200" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F200="",G200=""),"",M200)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P200" s="3"/>
+    </row>
+    <row r="201" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A201" s="25" t="s">
+        <v>269</v>
+      </c>
+      <c r="B201" s="19">
+        <v>10</v>
+      </c>
+      <c r="C201" s="19"/>
       <c r="D201" s="15"/>
-      <c r="E201" s="27">
+      <c r="E201" s="26">
         <f>(B201+C201+D201)/3</f>
-        <v>0</v>
-[...41 lines deleted...]
-      </c>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F201" s="23"/>
+      <c r="G201" s="23"/>
+      <c r="H201" s="23"/>
+      <c r="I201" s="22" t="e">
+        <f>#REF!+#REF!+F201+G201+H201</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J201" s="10" t="e">
+        <f>0.2*E201+0.8*I201</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K201" s="10" t="e">
+        <f>MAX(I201,J201)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L201" s="10" t="e">
+        <f>ROUND(K201*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M201" s="10" t="e">
+        <f>IF(L201&lt;4.5,ROUND(K201,0),L201)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N201" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F201="",G201=""),"",M201)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P201" s="3"/>
+    </row>
+    <row r="202" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A202" s="25" t="s">
+        <v>143</v>
+      </c>
+      <c r="B202" s="19">
+        <v>10</v>
+      </c>
+      <c r="C202" s="19"/>
       <c r="D202" s="15"/>
-      <c r="E202" s="27">
+      <c r="E202" s="26">
         <f>(B202+C202+D202)/3</f>
-        <v>6.5</v>
-[...45 lines deleted...]
-      <c r="E203" s="27">
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F202" s="23"/>
+      <c r="G202" s="23"/>
+      <c r="H202" s="23"/>
+      <c r="I202" s="22" t="e">
+        <f>#REF!+#REF!+F202+G202+H202</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J202" s="10" t="e">
+        <f>0.2*E202+0.8*I202</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K202" s="10" t="e">
+        <f>MAX(I202,J202)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L202" s="10" t="e">
+        <f>ROUND(K202*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M202" s="10" t="e">
+        <f>IF(L202&lt;4.5,ROUND(K202,0),L202)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N202" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F202="",G202=""),"",M202)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P202" s="3"/>
+    </row>
+    <row r="203" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A203" s="25" t="s">
+        <v>252</v>
+      </c>
+      <c r="B203" s="19">
+        <v>10</v>
+      </c>
+      <c r="C203" s="19"/>
+      <c r="D203" s="15"/>
+      <c r="E203" s="26">
         <f>(B203+C203+D203)/3</f>
-        <v>10</v>
-[...37 lines deleted...]
-      <c r="C204" s="20"/>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F203" s="23"/>
+      <c r="G203" s="23"/>
+      <c r="H203" s="23"/>
+      <c r="I203" s="22" t="e">
+        <f>#REF!+#REF!+F203+G203+H203</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J203" s="10" t="e">
+        <f>0.2*E203+0.8*I203</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K203" s="10" t="e">
+        <f>MAX(I203,J203)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L203" s="10" t="e">
+        <f>ROUND(K203*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M203" s="10" t="e">
+        <f>IF(L203&lt;4.5,ROUND(K203,0),L203)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N203" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F203="",G203=""),"",M203)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P203" s="3"/>
+    </row>
+    <row r="204" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A204" s="25" t="s">
+        <v>197</v>
+      </c>
+      <c r="B204" s="19">
+        <v>10</v>
+      </c>
+      <c r="C204" s="19"/>
       <c r="D204" s="15"/>
-      <c r="E204" s="27">
+      <c r="E204" s="26">
         <f>(B204+C204+D204)/3</f>
-        <v>0</v>
-[...55 lines deleted...]
-      <c r="E205" s="27">
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F204" s="23"/>
+      <c r="G204" s="23"/>
+      <c r="H204" s="23"/>
+      <c r="I204" s="22" t="e">
+        <f>#REF!+#REF!+F204+G204+H204</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J204" s="10" t="e">
+        <f>0.2*E204+0.8*I204</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K204" s="10" t="e">
+        <f>MAX(I204,J204)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L204" s="10" t="e">
+        <f>ROUND(K204*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M204" s="10" t="e">
+        <f>IF(L204&lt;4.5,ROUND(K204,0),L204)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N204" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F204="",G204=""),"",M204)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P204" s="3"/>
+    </row>
+    <row r="205" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A205" s="25" t="s">
+        <v>284</v>
+      </c>
+      <c r="B205" s="19">
+        <v>10</v>
+      </c>
+      <c r="C205" s="19"/>
+      <c r="D205" s="15"/>
+      <c r="E205" s="26">
         <f>(B205+C205+D205)/3</f>
-        <v>9.8333333333333339</v>
-[...45 lines deleted...]
-      <c r="E206" s="27">
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F205" s="23"/>
+      <c r="G205" s="23"/>
+      <c r="H205" s="23"/>
+      <c r="I205" s="22" t="e">
+        <f>#REF!+#REF!+F205+G205+H205</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J205" s="10" t="e">
+        <f>0.2*E205+0.8*I205</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K205" s="10" t="e">
+        <f>MAX(I205,J205)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L205" s="10" t="e">
+        <f>ROUND(K205*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M205" s="10" t="e">
+        <f>IF(L205&lt;4.5,ROUND(K205,0),L205)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N205" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F205="",G205=""),"",M205)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P205" s="3"/>
+    </row>
+    <row r="206" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A206" s="25" t="s">
+        <v>109</v>
+      </c>
+      <c r="B206" s="19">
+        <v>10</v>
+      </c>
+      <c r="C206" s="19"/>
+      <c r="D206" s="15"/>
+      <c r="E206" s="26">
         <f>(B206+C206+D206)/3</f>
-        <v>10</v>
-[...37 lines deleted...]
-      <c r="C207" s="20"/>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F206" s="23"/>
+      <c r="G206" s="23"/>
+      <c r="H206" s="23"/>
+      <c r="I206" s="22" t="e">
+        <f>#REF!+#REF!+F206+G206+H206</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J206" s="10" t="e">
+        <f>0.2*E206+0.8*I206</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K206" s="10" t="e">
+        <f>MAX(I206,J206)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L206" s="10" t="e">
+        <f>ROUND(K206*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M206" s="10" t="e">
+        <f>IF(L206&lt;4.5,ROUND(K206,0),L206)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N206" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F206="",G206=""),"",M206)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P206" s="3"/>
+    </row>
+    <row r="207" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A207" s="25" t="s">
+        <v>124</v>
+      </c>
+      <c r="B207" s="19"/>
+      <c r="C207" s="19"/>
       <c r="D207" s="15"/>
-      <c r="E207" s="27">
+      <c r="E207" s="26">
         <f>(B207+C207+D207)/3</f>
         <v>0</v>
       </c>
-      <c r="F207" s="24"/>
-[...5 lines deleted...]
-        <f>F207+G207+H207+I207+J207</f>
+      <c r="F207" s="23"/>
+      <c r="G207" s="23"/>
+      <c r="H207" s="23"/>
+      <c r="I207" s="22" t="e">
+        <f>#REF!+#REF!+F207+G207+H207</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J207" s="10" t="e">
+        <f>0.2*E207+0.8*I207</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K207" s="10" t="e">
+        <f>MAX(I207,J207)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L207" s="10" t="e">
+        <f>ROUND(K207*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M207" s="10" t="e">
+        <f>IF(L207&lt;4.5,ROUND(K207,0),L207)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N207" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F207="",G207=""),"",M207)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P207" s="3"/>
+    </row>
+    <row r="208" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A208" s="25" t="s">
+        <v>202</v>
+      </c>
+      <c r="B208" s="19">
+        <v>10</v>
+      </c>
+      <c r="C208" s="19"/>
+      <c r="D208" s="15"/>
+      <c r="E208" s="26">
+        <f>(B208+C208+D208)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F208" s="23"/>
+      <c r="G208" s="23"/>
+      <c r="H208" s="23"/>
+      <c r="I208" s="22" t="e">
+        <f>#REF!+#REF!+F208+G208+H208</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J208" s="10" t="e">
+        <f>0.2*E208+0.8*I208</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K208" s="10" t="e">
+        <f>MAX(I208,J208)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L208" s="10" t="e">
+        <f>ROUND(K208*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M208" s="10" t="e">
+        <f>IF(L208&lt;4.5,ROUND(K208,0),L208)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N208" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F208="",G208=""),"",M208)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P208" s="3"/>
+    </row>
+    <row r="209" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A209" s="25" t="s">
+        <v>239</v>
+      </c>
+      <c r="B209" s="19">
+        <v>10</v>
+      </c>
+      <c r="C209" s="19"/>
+      <c r="D209" s="15"/>
+      <c r="E209" s="26">
+        <f>(B209+C209+D209)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F209" s="23"/>
+      <c r="G209" s="23"/>
+      <c r="H209" s="23"/>
+      <c r="I209" s="22" t="e">
+        <f>#REF!+#REF!+F209+G209+H209</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J209" s="10" t="e">
+        <f>0.2*E209+0.8*I209</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K209" s="10" t="e">
+        <f>MAX(I209,J209)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L209" s="10" t="e">
+        <f>ROUND(K209*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M209" s="10" t="e">
+        <f>IF(L209&lt;4.5,ROUND(K209,0),L209)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N209" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F209="",G209=""),"",M209)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P209" s="3"/>
+    </row>
+    <row r="210" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A210" s="25" t="s">
+        <v>171</v>
+      </c>
+      <c r="B210" s="19">
+        <v>10</v>
+      </c>
+      <c r="C210" s="19"/>
+      <c r="D210" s="15"/>
+      <c r="E210" s="26">
+        <f>(B210+C210+D210)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F210" s="23"/>
+      <c r="G210" s="23"/>
+      <c r="H210" s="23"/>
+      <c r="I210" s="22" t="e">
+        <f>#REF!+#REF!+F210+G210+H210</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J210" s="10" t="e">
+        <f>0.2*E210+0.8*I210</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K210" s="10" t="e">
+        <f>MAX(I210,J210)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L210" s="10" t="e">
+        <f>ROUND(K210*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M210" s="10" t="e">
+        <f>IF(L210&lt;4.5,ROUND(K210,0),L210)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N210" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F210="",G210=""),"",M210)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P210" s="3"/>
+    </row>
+    <row r="211" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A211" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="B211" s="19">
+        <v>10</v>
+      </c>
+      <c r="C211" s="19"/>
+      <c r="D211" s="15"/>
+      <c r="E211" s="26">
+        <f>(B211+C211+D211)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F211" s="23"/>
+      <c r="G211" s="23"/>
+      <c r="H211" s="23"/>
+      <c r="I211" s="22" t="e">
+        <f>#REF!+#REF!+F211+G211+H211</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J211" s="10" t="e">
+        <f>0.2*E211+0.8*I211</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K211" s="10" t="e">
+        <f>MAX(I211,J211)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L211" s="10" t="e">
+        <f>ROUND(K211*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M211" s="10" t="e">
+        <f>IF(L211&lt;4.5,ROUND(K211,0),L211)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N211" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F211="",G211=""),"",M211)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P211" s="3"/>
+    </row>
+    <row r="212" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A212" s="25" t="s">
+        <v>247</v>
+      </c>
+      <c r="B212" s="19">
+        <v>9.5</v>
+      </c>
+      <c r="C212" s="19"/>
+      <c r="D212" s="15"/>
+      <c r="E212" s="26">
+        <f>(B212+C212+D212)/3</f>
+        <v>3.1666666666666665</v>
+      </c>
+      <c r="F212" s="23"/>
+      <c r="G212" s="23"/>
+      <c r="H212" s="23"/>
+      <c r="I212" s="22" t="e">
+        <f>#REF!+#REF!+F212+G212+H212</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J212" s="10" t="e">
+        <f>0.2*E212+0.8*I212</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K212" s="10" t="e">
+        <f>MAX(I212,J212)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L212" s="10" t="e">
+        <f>ROUND(K212*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M212" s="10" t="e">
+        <f>IF(L212&lt;4.5,ROUND(K212,0),L212)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N212" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F212="",G212=""),"",M212)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P212" s="3"/>
+    </row>
+    <row r="213" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A213" s="25" t="s">
+        <v>128</v>
+      </c>
+      <c r="B213" s="19">
+        <v>10</v>
+      </c>
+      <c r="C213" s="19"/>
+      <c r="D213" s="15"/>
+      <c r="E213" s="26">
+        <f>(B213+C213+D213)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F213" s="23"/>
+      <c r="G213" s="23"/>
+      <c r="H213" s="23"/>
+      <c r="I213" s="22" t="e">
+        <f>#REF!+#REF!+F213+G213+H213</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J213" s="10" t="e">
+        <f>0.2*E213+0.8*I213</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K213" s="10" t="e">
+        <f>MAX(I213,J213)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L213" s="10" t="e">
+        <f>ROUND(K213*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M213" s="10" t="e">
+        <f>IF(L213&lt;4.5,ROUND(K213,0),L213)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N213" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F213="",G213=""),"",M213)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P213" s="3"/>
+    </row>
+    <row r="214" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A214" s="25" t="s">
+        <v>271</v>
+      </c>
+      <c r="B214" s="19">
+        <v>10</v>
+      </c>
+      <c r="C214" s="19"/>
+      <c r="D214" s="15"/>
+      <c r="E214" s="26">
+        <f>(B214+C214+D214)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F214" s="23"/>
+      <c r="G214" s="23"/>
+      <c r="H214" s="23"/>
+      <c r="I214" s="22" t="e">
+        <f>#REF!+#REF!+F214+G214+H214</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J214" s="10" t="e">
+        <f>0.2*E214+0.8*I214</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K214" s="10" t="e">
+        <f>MAX(I214,J214)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L214" s="10" t="e">
+        <f>ROUND(K214*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M214" s="10" t="e">
+        <f>IF(L214&lt;4.5,ROUND(K214,0),L214)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N214" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F214="",G214=""),"",M214)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P214" s="3"/>
+    </row>
+    <row r="215" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A215" s="25" t="s">
+        <v>212</v>
+      </c>
+      <c r="B215" s="19">
+        <v>10</v>
+      </c>
+      <c r="C215" s="19"/>
+      <c r="D215" s="15"/>
+      <c r="E215" s="26">
+        <f>(B215+C215+D215)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F215" s="23"/>
+      <c r="G215" s="23"/>
+      <c r="H215" s="23"/>
+      <c r="I215" s="22" t="e">
+        <f>#REF!+#REF!+F215+G215+H215</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J215" s="10" t="e">
+        <f>0.2*E215+0.8*I215</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K215" s="10" t="e">
+        <f>MAX(I215,J215)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L215" s="10" t="e">
+        <f>ROUND(K215*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M215" s="10" t="e">
+        <f>IF(L215&lt;4.5,ROUND(K215,0),L215)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N215" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F215="",G215=""),"",M215)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P215" s="3"/>
+    </row>
+    <row r="216" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A216" s="25" t="s">
+        <v>272</v>
+      </c>
+      <c r="B216" s="19">
+        <v>7</v>
+      </c>
+      <c r="C216" s="19"/>
+      <c r="D216" s="15"/>
+      <c r="E216" s="26">
+        <f>(B216+C216+D216)/3</f>
+        <v>2.3333333333333335</v>
+      </c>
+      <c r="F216" s="23"/>
+      <c r="G216" s="23"/>
+      <c r="H216" s="23"/>
+      <c r="I216" s="22" t="e">
+        <f>#REF!+#REF!+F216+G216+H216</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J216" s="10" t="e">
+        <f>0.2*E216+0.8*I216</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K216" s="10" t="e">
+        <f>MAX(I216,J216)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L216" s="10" t="e">
+        <f>ROUND(K216*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M216" s="10" t="e">
+        <f>IF(L216&lt;4.5,ROUND(K216,0),L216)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N216" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F216="",G216=""),"",M216)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P216" s="3"/>
+    </row>
+    <row r="217" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A217" s="25" t="s">
+        <v>126</v>
+      </c>
+      <c r="B217" s="19">
+        <v>10</v>
+      </c>
+      <c r="C217" s="19"/>
+      <c r="D217" s="15"/>
+      <c r="E217" s="26">
+        <f>(B217+C217+D217)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F217" s="23"/>
+      <c r="G217" s="23"/>
+      <c r="H217" s="23"/>
+      <c r="I217" s="22" t="e">
+        <f>#REF!+#REF!+F217+G217+H217</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J217" s="10" t="e">
+        <f>0.2*E217+0.8*I217</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K217" s="10" t="e">
+        <f>MAX(I217,J217)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L217" s="10" t="e">
+        <f>ROUND(K217*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M217" s="10" t="e">
+        <f>IF(L217&lt;4.5,ROUND(K217,0),L217)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N217" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F217="",G217=""),"",M217)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P217" s="3"/>
+    </row>
+    <row r="218" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A218" s="25" t="s">
+        <v>89</v>
+      </c>
+      <c r="B218" s="19"/>
+      <c r="C218" s="19"/>
+      <c r="D218" s="15"/>
+      <c r="E218" s="26">
+        <f>(B218+C218+D218)/3</f>
         <v>0</v>
       </c>
-      <c r="L207" s="10">
-        <f>0.2*E207+0.8*K207</f>
+      <c r="F218" s="23"/>
+      <c r="G218" s="23"/>
+      <c r="H218" s="23"/>
+      <c r="I218" s="22" t="e">
+        <f>#REF!+#REF!+F218+G218+H218</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J218" s="10" t="e">
+        <f>0.2*E218+0.8*I218</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K218" s="10" t="e">
+        <f>MAX(I218,J218)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L218" s="10" t="e">
+        <f>ROUND(K218*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M218" s="10" t="e">
+        <f>IF(L218&lt;4.5,ROUND(K218,0),L218)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N218" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F218="",G218=""),"",M218)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P218" s="3"/>
+    </row>
+    <row r="219" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A219" s="25" t="s">
+        <v>193</v>
+      </c>
+      <c r="B219" s="19">
+        <v>10</v>
+      </c>
+      <c r="C219" s="19"/>
+      <c r="D219" s="15"/>
+      <c r="E219" s="26">
+        <f>(B219+C219+D219)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F219" s="23"/>
+      <c r="G219" s="23"/>
+      <c r="H219" s="23"/>
+      <c r="I219" s="22" t="e">
+        <f>#REF!+#REF!+F219+G219+H219</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J219" s="10" t="e">
+        <f>0.2*E219+0.8*I219</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K219" s="10" t="e">
+        <f>MAX(I219,J219)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L219" s="10" t="e">
+        <f>ROUND(K219*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M219" s="10" t="e">
+        <f>IF(L219&lt;4.5,ROUND(K219,0),L219)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N219" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F219="",G219=""),"",M219)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P219" s="3"/>
+    </row>
+    <row r="220" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A220" s="25" t="s">
+        <v>130</v>
+      </c>
+      <c r="B220" s="19">
+        <v>9.5</v>
+      </c>
+      <c r="C220" s="19"/>
+      <c r="D220" s="15"/>
+      <c r="E220" s="26">
+        <f>(B220+C220+D220)/3</f>
+        <v>3.1666666666666665</v>
+      </c>
+      <c r="F220" s="23"/>
+      <c r="G220" s="23"/>
+      <c r="H220" s="23"/>
+      <c r="I220" s="22" t="e">
+        <f>#REF!+#REF!+F220+G220+H220</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J220" s="10" t="e">
+        <f>0.2*E220+0.8*I220</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K220" s="10" t="e">
+        <f>MAX(I220,J220)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L220" s="10" t="e">
+        <f>ROUND(K220*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M220" s="10" t="e">
+        <f>IF(L220&lt;4.5,ROUND(K220,0),L220)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N220" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F220="",G220=""),"",M220)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P220" s="3"/>
+    </row>
+    <row r="221" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A221" s="25" t="s">
+        <v>227</v>
+      </c>
+      <c r="B221" s="19">
+        <v>10</v>
+      </c>
+      <c r="C221" s="19"/>
+      <c r="D221" s="15"/>
+      <c r="E221" s="26">
+        <f>(B221+C221+D221)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F221" s="23"/>
+      <c r="G221" s="23"/>
+      <c r="H221" s="23"/>
+      <c r="I221" s="22" t="e">
+        <f>#REF!+#REF!+F221+G221+H221</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J221" s="10" t="e">
+        <f>0.2*E221+0.8*I221</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K221" s="10" t="e">
+        <f>MAX(I221,J221)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L221" s="10" t="e">
+        <f>ROUND(K221*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M221" s="10" t="e">
+        <f>IF(L221&lt;4.5,ROUND(K221,0),L221)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N221" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F221="",G221=""),"",M221)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P221" s="3"/>
+    </row>
+    <row r="222" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A222" s="25" t="s">
+        <v>234</v>
+      </c>
+      <c r="B222" s="19">
+        <v>6</v>
+      </c>
+      <c r="C222" s="19"/>
+      <c r="D222" s="15"/>
+      <c r="E222" s="26">
+        <f>(B222+C222+D222)/3</f>
+        <v>2</v>
+      </c>
+      <c r="F222" s="23"/>
+      <c r="G222" s="23"/>
+      <c r="H222" s="23"/>
+      <c r="I222" s="22" t="e">
+        <f>#REF!+#REF!+F222+G222+H222</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J222" s="10" t="e">
+        <f>0.2*E222+0.8*I222</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K222" s="10" t="e">
+        <f>MAX(I222,J222)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L222" s="10" t="e">
+        <f>ROUND(K222*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M222" s="10" t="e">
+        <f>IF(L222&lt;4.5,ROUND(K222,0),L222)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N222" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F222="",G222=""),"",M222)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P222" s="3"/>
+    </row>
+    <row r="223" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A223" s="25" t="s">
+        <v>201</v>
+      </c>
+      <c r="B223" s="19"/>
+      <c r="C223" s="19"/>
+      <c r="D223" s="15"/>
+      <c r="E223" s="26">
+        <f>(B223+C223+D223)/3</f>
         <v>0</v>
       </c>
-      <c r="M207" s="10">
-        <f>MAX(K207,L207)</f>
+      <c r="F223" s="23"/>
+      <c r="G223" s="23"/>
+      <c r="H223" s="23"/>
+      <c r="I223" s="22" t="e">
+        <f>#REF!+#REF!+F223+G223+H223</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J223" s="10" t="e">
+        <f>0.2*E223+0.8*I223</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K223" s="10" t="e">
+        <f>MAX(I223,J223)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L223" s="10" t="e">
+        <f>ROUND(K223*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M223" s="10" t="e">
+        <f>IF(L223&lt;4.5,ROUND(K223,0),L223)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N223" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F223="",G223=""),"",M223)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P223" s="3"/>
+    </row>
+    <row r="224" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A224" s="25" t="s">
+        <v>88</v>
+      </c>
+      <c r="B224" s="19">
+        <v>10</v>
+      </c>
+      <c r="C224" s="19"/>
+      <c r="D224" s="15"/>
+      <c r="E224" s="26">
+        <f>(B224+C224+D224)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F224" s="23"/>
+      <c r="G224" s="23"/>
+      <c r="H224" s="23"/>
+      <c r="I224" s="22" t="e">
+        <f>#REF!+#REF!+F224+G224+H224</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J224" s="10" t="e">
+        <f>0.2*E224+0.8*I224</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K224" s="10" t="e">
+        <f>MAX(I224,J224)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L224" s="10" t="e">
+        <f>ROUND(K224*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M224" s="10" t="e">
+        <f>IF(L224&lt;4.5,ROUND(K224,0),L224)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N224" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F224="",G224=""),"",M224)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P224" s="3"/>
+    </row>
+    <row r="225" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A225" s="25" t="s">
+        <v>168</v>
+      </c>
+      <c r="B225" s="19">
+        <v>10</v>
+      </c>
+      <c r="C225" s="19"/>
+      <c r="D225" s="15"/>
+      <c r="E225" s="26">
+        <f>(B225+C225+D225)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F225" s="23"/>
+      <c r="G225" s="23"/>
+      <c r="H225" s="23"/>
+      <c r="I225" s="22" t="e">
+        <f>#REF!+#REF!+F225+G225+H225</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J225" s="10" t="e">
+        <f>0.2*E225+0.8*I225</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K225" s="10" t="e">
+        <f>MAX(I225,J225)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L225" s="10" t="e">
+        <f>ROUND(K225*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M225" s="10" t="e">
+        <f>IF(L225&lt;4.5,ROUND(K225,0),L225)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N225" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F225="",G225=""),"",M225)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P225" s="3"/>
+    </row>
+    <row r="226" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A226" s="25" t="s">
+        <v>260</v>
+      </c>
+      <c r="B226" s="19"/>
+      <c r="C226" s="19"/>
+      <c r="D226" s="15"/>
+      <c r="E226" s="26">
+        <f>(B226+C226+D226)/3</f>
         <v>0</v>
       </c>
-      <c r="N207" s="10">
-        <f>ROUND(M207*2,0)/2</f>
+      <c r="F226" s="23"/>
+      <c r="G226" s="23"/>
+      <c r="H226" s="23"/>
+      <c r="I226" s="22" t="e">
+        <f>#REF!+#REF!+F226+G226+H226</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J226" s="10" t="e">
+        <f>0.2*E226+0.8*I226</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K226" s="10" t="e">
+        <f>MAX(I226,J226)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L226" s="10" t="e">
+        <f>ROUND(K226*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M226" s="10" t="e">
+        <f>IF(L226&lt;4.5,ROUND(K226,0),L226)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N226" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F226="",G226=""),"",M226)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P226" s="3"/>
+    </row>
+    <row r="227" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A227" s="25" t="s">
+        <v>150</v>
+      </c>
+      <c r="B227" s="19"/>
+      <c r="C227" s="19"/>
+      <c r="D227" s="15"/>
+      <c r="E227" s="26">
+        <f>(B227+C227+D227)/3</f>
         <v>0</v>
       </c>
-      <c r="O207" s="10">
-        <f>IF(N207&lt;4.5,ROUND(M207,0),N207)</f>
+      <c r="F227" s="23"/>
+      <c r="G227" s="23"/>
+      <c r="H227" s="23"/>
+      <c r="I227" s="22" t="e">
+        <f>#REF!+#REF!+F227+G227+H227</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J227" s="10" t="e">
+        <f>0.2*E227+0.8*I227</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K227" s="10" t="e">
+        <f>MAX(I227,J227)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L227" s="10" t="e">
+        <f>ROUND(K227*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M227" s="10" t="e">
+        <f>IF(L227&lt;4.5,ROUND(K227,0),L227)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N227" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F227="",G227=""),"",M227)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P227" s="3"/>
+    </row>
+    <row r="228" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A228" s="25" t="s">
+        <v>276</v>
+      </c>
+      <c r="B228" s="19"/>
+      <c r="C228" s="19"/>
+      <c r="D228" s="15"/>
+      <c r="E228" s="26">
+        <f>(B228+C228+D228)/3</f>
         <v>0</v>
       </c>
-      <c r="P207" s="9" t="str">
-[...15 lines deleted...]
-      <c r="D208" s="15">
+      <c r="F228" s="23"/>
+      <c r="G228" s="23"/>
+      <c r="H228" s="23"/>
+      <c r="I228" s="22" t="e">
+        <f>#REF!+#REF!+F228+G228+H228</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J228" s="10" t="e">
+        <f>0.2*E228+0.8*I228</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K228" s="10" t="e">
+        <f>MAX(I228,J228)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L228" s="10" t="e">
+        <f>ROUND(K228*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M228" s="10" t="e">
+        <f>IF(L228&lt;4.5,ROUND(K228,0),L228)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N228" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F228="",G228=""),"",M228)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P228" s="3"/>
+    </row>
+    <row r="229" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A229" s="25" t="s">
+        <v>196</v>
+      </c>
+      <c r="B229" s="19">
+        <v>10</v>
+      </c>
+      <c r="C229" s="19"/>
+      <c r="D229" s="15"/>
+      <c r="E229" s="26">
+        <f>(B229+C229+D229)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F229" s="23"/>
+      <c r="G229" s="23"/>
+      <c r="H229" s="23"/>
+      <c r="I229" s="22" t="e">
+        <f>#REF!+#REF!+F229+G229+H229</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J229" s="10" t="e">
+        <f>0.2*E229+0.8*I229</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K229" s="10" t="e">
+        <f>MAX(I229,J229)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L229" s="10" t="e">
+        <f>ROUND(K229*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M229" s="10" t="e">
+        <f>IF(L229&lt;4.5,ROUND(K229,0),L229)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N229" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F229="",G229=""),"",M229)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P229" s="3"/>
+    </row>
+    <row r="230" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A230" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="B230" s="19"/>
+      <c r="C230" s="19"/>
+      <c r="D230" s="15"/>
+      <c r="E230" s="26">
+        <f>(B230+C230+D230)/3</f>
+        <v>0</v>
+      </c>
+      <c r="F230" s="23"/>
+      <c r="G230" s="23"/>
+      <c r="H230" s="23"/>
+      <c r="I230" s="22" t="e">
+        <f>#REF!+#REF!+F230+G230+H230</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J230" s="10" t="e">
+        <f>0.2*E230+0.8*I230</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K230" s="10" t="e">
+        <f>MAX(I230,J230)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L230" s="10" t="e">
+        <f>ROUND(K230*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M230" s="10" t="e">
+        <f>IF(L230&lt;4.5,ROUND(K230,0),L230)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N230" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F230="",G230=""),"",M230)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P230" s="3"/>
+    </row>
+    <row r="231" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A231" s="25" t="s">
+        <v>144</v>
+      </c>
+      <c r="B231" s="19">
+        <v>10</v>
+      </c>
+      <c r="C231" s="19"/>
+      <c r="D231" s="15"/>
+      <c r="E231" s="26">
+        <f>(B231+C231+D231)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F231" s="23"/>
+      <c r="G231" s="23"/>
+      <c r="H231" s="23"/>
+      <c r="I231" s="22" t="e">
+        <f>#REF!+#REF!+F231+G231+H231</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J231" s="10" t="e">
+        <f>0.2*E231+0.8*I231</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K231" s="10" t="e">
+        <f>MAX(I231,J231)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L231" s="10" t="e">
+        <f>ROUND(K231*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M231" s="10" t="e">
+        <f>IF(L231&lt;4.5,ROUND(K231,0),L231)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N231" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F231="",G231=""),"",M231)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P231" s="3"/>
+    </row>
+    <row r="232" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A232" s="25" t="s">
+        <v>72</v>
+      </c>
+      <c r="B232" s="19">
+        <v>10</v>
+      </c>
+      <c r="C232" s="19"/>
+      <c r="D232" s="15"/>
+      <c r="E232" s="26">
+        <f>(B232+C232+D232)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F232" s="23"/>
+      <c r="G232" s="23"/>
+      <c r="H232" s="23"/>
+      <c r="I232" s="22" t="e">
+        <f>#REF!+#REF!+F232+G232+H232</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J232" s="10" t="e">
+        <f>0.2*E232+0.8*I232</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K232" s="10" t="e">
+        <f>MAX(I232,J232)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L232" s="10" t="e">
+        <f>ROUND(K232*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M232" s="10" t="e">
+        <f>IF(L232&lt;4.5,ROUND(K232,0),L232)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N232" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F232="",G232=""),"",M232)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P232" s="3"/>
+    </row>
+    <row r="233" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A233" s="25" t="s">
+        <v>101</v>
+      </c>
+      <c r="B233" s="19">
+        <v>6</v>
+      </c>
+      <c r="C233" s="19"/>
+      <c r="D233" s="15"/>
+      <c r="E233" s="26">
+        <f>(B233+C233+D233)/3</f>
+        <v>2</v>
+      </c>
+      <c r="F233" s="23"/>
+      <c r="G233" s="23"/>
+      <c r="H233" s="23"/>
+      <c r="I233" s="22" t="e">
+        <f>#REF!+#REF!+F233+G233+H233</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J233" s="10" t="e">
+        <f>0.2*E233+0.8*I233</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K233" s="10" t="e">
+        <f>MAX(I233,J233)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L233" s="10" t="e">
+        <f>ROUND(K233*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M233" s="10" t="e">
+        <f>IF(L233&lt;4.5,ROUND(K233,0),L233)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N233" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F233="",G233=""),"",M233)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P233" s="3"/>
+    </row>
+    <row r="234" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A234" s="25" t="s">
+        <v>223</v>
+      </c>
+      <c r="B234" s="19">
+        <v>10</v>
+      </c>
+      <c r="C234" s="19"/>
+      <c r="D234" s="15"/>
+      <c r="E234" s="26">
+        <f>(B234+C234+D234)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F234" s="23"/>
+      <c r="G234" s="23"/>
+      <c r="H234" s="23"/>
+      <c r="I234" s="22" t="e">
+        <f>#REF!+#REF!+F234+G234+H234</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J234" s="10" t="e">
+        <f>0.2*E234+0.8*I234</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K234" s="10" t="e">
+        <f>MAX(I234,J234)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L234" s="10" t="e">
+        <f>ROUND(K234*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M234" s="10" t="e">
+        <f>IF(L234&lt;4.5,ROUND(K234,0),L234)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N234" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F234="",G234=""),"",M234)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P234" s="3"/>
+    </row>
+    <row r="235" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A235" s="25" t="s">
+        <v>115</v>
+      </c>
+      <c r="B235" s="19">
+        <v>6</v>
+      </c>
+      <c r="C235" s="19"/>
+      <c r="D235" s="15"/>
+      <c r="E235" s="26">
+        <f>(B235+C235+D235)/3</f>
+        <v>2</v>
+      </c>
+      <c r="F235" s="23"/>
+      <c r="G235" s="23"/>
+      <c r="H235" s="23"/>
+      <c r="I235" s="22" t="e">
+        <f>#REF!+#REF!+F235+G235+H235</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J235" s="10" t="e">
+        <f>0.2*E235+0.8*I235</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K235" s="10" t="e">
+        <f>MAX(I235,J235)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L235" s="10" t="e">
+        <f>ROUND(K235*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M235" s="10" t="e">
+        <f>IF(L235&lt;4.5,ROUND(K235,0),L235)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N235" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F235="",G235=""),"",M235)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P235" s="3"/>
+    </row>
+    <row r="236" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A236" s="25" t="s">
+        <v>104</v>
+      </c>
+      <c r="B236" s="19">
+        <v>10</v>
+      </c>
+      <c r="C236" s="19"/>
+      <c r="D236" s="15"/>
+      <c r="E236" s="26">
+        <f>(B236+C236+D236)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F236" s="23"/>
+      <c r="G236" s="23"/>
+      <c r="H236" s="23"/>
+      <c r="I236" s="22" t="e">
+        <f>#REF!+#REF!+F236+G236+H236</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J236" s="10" t="e">
+        <f>0.2*E236+0.8*I236</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K236" s="10" t="e">
+        <f>MAX(I236,J236)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L236" s="10" t="e">
+        <f>ROUND(K236*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M236" s="10" t="e">
+        <f>IF(L236&lt;4.5,ROUND(K236,0),L236)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N236" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F236="",G236=""),"",M236)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P236" s="3"/>
+    </row>
+    <row r="237" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A237" s="25" t="s">
+        <v>246</v>
+      </c>
+      <c r="B237" s="19">
+        <v>10</v>
+      </c>
+      <c r="C237" s="19"/>
+      <c r="D237" s="15"/>
+      <c r="E237" s="26">
+        <f>(B237+C237+D237)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F237" s="23"/>
+      <c r="G237" s="23"/>
+      <c r="H237" s="23"/>
+      <c r="I237" s="22" t="e">
+        <f>#REF!+#REF!+F237+G237+H237</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J237" s="10" t="e">
+        <f>0.2*E237+0.8*I237</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K237" s="10" t="e">
+        <f>MAX(I237,J237)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L237" s="10" t="e">
+        <f>ROUND(K237*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M237" s="10" t="e">
+        <f>IF(L237&lt;4.5,ROUND(K237,0),L237)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N237" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F237="",G237=""),"",M237)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P237" s="3"/>
+    </row>
+    <row r="238" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A238" s="25" t="s">
+        <v>164</v>
+      </c>
+      <c r="B238" s="19">
+        <v>8.5</v>
+      </c>
+      <c r="C238" s="19"/>
+      <c r="D238" s="15"/>
+      <c r="E238" s="26">
+        <f>(B238+C238+D238)/3</f>
+        <v>2.8333333333333335</v>
+      </c>
+      <c r="F238" s="23"/>
+      <c r="G238" s="23"/>
+      <c r="H238" s="23"/>
+      <c r="I238" s="22" t="e">
+        <f>#REF!+#REF!+F238+G238+H238</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J238" s="10" t="e">
+        <f>0.2*E238+0.8*I238</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K238" s="10" t="e">
+        <f>MAX(I238,J238)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L238" s="10" t="e">
+        <f>ROUND(K238*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M238" s="10" t="e">
+        <f>IF(L238&lt;4.5,ROUND(K238,0),L238)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N238" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F238="",G238=""),"",M238)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P238" s="3"/>
+    </row>
+    <row r="239" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A239" s="25" t="s">
+        <v>215</v>
+      </c>
+      <c r="B239" s="19">
+        <v>10</v>
+      </c>
+      <c r="C239" s="19"/>
+      <c r="D239" s="15"/>
+      <c r="E239" s="26">
+        <f>(B239+C239+D239)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F239" s="23"/>
+      <c r="G239" s="23"/>
+      <c r="H239" s="23"/>
+      <c r="I239" s="22" t="e">
+        <f>#REF!+#REF!+F239+G239+H239</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J239" s="10" t="e">
+        <f>0.2*E239+0.8*I239</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K239" s="10" t="e">
+        <f>MAX(I239,J239)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L239" s="10" t="e">
+        <f>ROUND(K239*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M239" s="10" t="e">
+        <f>IF(L239&lt;4.5,ROUND(K239,0),L239)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N239" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F239="",G239=""),"",M239)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P239" s="3"/>
+    </row>
+    <row r="240" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A240" s="25" t="s">
+        <v>163</v>
+      </c>
+      <c r="B240" s="19">
+        <v>10</v>
+      </c>
+      <c r="C240" s="19"/>
+      <c r="D240" s="15"/>
+      <c r="E240" s="26">
+        <f>(B240+C240+D240)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F240" s="23"/>
+      <c r="G240" s="23"/>
+      <c r="H240" s="23"/>
+      <c r="I240" s="22" t="e">
+        <f>#REF!+#REF!+F240+G240+H240</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J240" s="10" t="e">
+        <f>0.2*E240+0.8*I240</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K240" s="10" t="e">
+        <f>MAX(I240,J240)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L240" s="10" t="e">
+        <f>ROUND(K240*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M240" s="10" t="e">
+        <f>IF(L240&lt;4.5,ROUND(K240,0),L240)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N240" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F240="",G240=""),"",M240)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P240" s="3"/>
+    </row>
+    <row r="241" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A241" s="25" t="s">
+        <v>231</v>
+      </c>
+      <c r="B241" s="19"/>
+      <c r="C241" s="19"/>
+      <c r="D241" s="15"/>
+      <c r="E241" s="26">
+        <f>(B241+C241+D241)/3</f>
+        <v>0</v>
+      </c>
+      <c r="F241" s="23"/>
+      <c r="G241" s="23"/>
+      <c r="H241" s="23"/>
+      <c r="I241" s="22" t="e">
+        <f>#REF!+#REF!+F241+G241+H241</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J241" s="10" t="e">
+        <f>0.2*E241+0.8*I241</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K241" s="10" t="e">
+        <f>MAX(I241,J241)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L241" s="10" t="e">
+        <f>ROUND(K241*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M241" s="10" t="e">
+        <f>IF(L241&lt;4.5,ROUND(K241,0),L241)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N241" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F241="",G241=""),"",M241)</f>
+        <v>#REF!</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A242" s="25" t="s">
+        <v>237</v>
+      </c>
+      <c r="B242" s="19">
+        <v>10</v>
+      </c>
+      <c r="C242" s="19"/>
+      <c r="D242" s="15"/>
+      <c r="E242" s="26">
+        <f>(B242+C242+D242)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F242" s="23"/>
+      <c r="G242" s="23"/>
+      <c r="H242" s="23"/>
+      <c r="I242" s="22" t="e">
+        <f>#REF!+#REF!+F242+G242+H242</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J242" s="10" t="e">
+        <f>0.2*E242+0.8*I242</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K242" s="10" t="e">
+        <f>MAX(I242,J242)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L242" s="10" t="e">
+        <f>ROUND(K242*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M242" s="10" t="e">
+        <f>IF(L242&lt;4.5,ROUND(K242,0),L242)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N242" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F242="",G242=""),"",M242)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P242" s="3"/>
+    </row>
+    <row r="243" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A243" s="25" t="s">
+        <v>182</v>
+      </c>
+      <c r="B243" s="19"/>
+      <c r="C243" s="19"/>
+      <c r="D243" s="15"/>
+      <c r="E243" s="26">
+        <f>(B243+C243+D243)/3</f>
+        <v>0</v>
+      </c>
+      <c r="F243" s="23"/>
+      <c r="G243" s="23"/>
+      <c r="H243" s="23"/>
+      <c r="I243" s="22" t="e">
+        <f>#REF!+#REF!+F243+G243+H243</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J243" s="10" t="e">
+        <f>0.2*E243+0.8*I243</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K243" s="10" t="e">
+        <f>MAX(I243,J243)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L243" s="10" t="e">
+        <f>ROUND(K243*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M243" s="10" t="e">
+        <f>IF(L243&lt;4.5,ROUND(K243,0),L243)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N243" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F243="",G243=""),"",M243)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P243" s="3"/>
+    </row>
+    <row r="244" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A244" s="25" t="s">
+        <v>268</v>
+      </c>
+      <c r="B244" s="19">
+        <v>10</v>
+      </c>
+      <c r="C244" s="19"/>
+      <c r="D244" s="15"/>
+      <c r="E244" s="26">
+        <f>(B244+C244+D244)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F244" s="23"/>
+      <c r="G244" s="23"/>
+      <c r="H244" s="23"/>
+      <c r="I244" s="22" t="e">
+        <f>#REF!+#REF!+F244+G244+H244</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J244" s="10" t="e">
+        <f>0.2*E244+0.8*I244</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K244" s="10" t="e">
+        <f>MAX(I244,J244)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L244" s="10" t="e">
+        <f>ROUND(K244*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M244" s="10" t="e">
+        <f>IF(L244&lt;4.5,ROUND(K244,0),L244)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N244" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F244="",G244=""),"",M244)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P244" s="3"/>
+    </row>
+    <row r="245" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A245" s="25" t="s">
+        <v>204</v>
+      </c>
+      <c r="B245" s="19">
+        <v>10</v>
+      </c>
+      <c r="C245" s="19"/>
+      <c r="D245" s="15"/>
+      <c r="E245" s="26">
+        <f>(B245+C245+D245)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F245" s="23"/>
+      <c r="G245" s="23"/>
+      <c r="H245" s="23"/>
+      <c r="I245" s="22" t="e">
+        <f>#REF!+#REF!+F245+G245+H245</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J245" s="10" t="e">
+        <f>0.2*E245+0.8*I245</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K245" s="10" t="e">
+        <f>MAX(I245,J245)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L245" s="10" t="e">
+        <f>ROUND(K245*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M245" s="10" t="e">
+        <f>IF(L245&lt;4.5,ROUND(K245,0),L245)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N245" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F245="",G245=""),"",M245)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P245" s="3"/>
+    </row>
+    <row r="246" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A246" s="28" t="s">
+        <v>222</v>
+      </c>
+      <c r="B246" s="19">
+        <v>10</v>
+      </c>
+      <c r="C246" s="19"/>
+      <c r="D246" s="15"/>
+      <c r="E246" s="26">
+        <f>(B246+C246+D246)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F246" s="23"/>
+      <c r="G246" s="23"/>
+      <c r="H246" s="23"/>
+      <c r="I246" s="22" t="e">
+        <f>#REF!+#REF!+F246+G246+H246</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J246" s="10" t="e">
+        <f>0.2*E246+0.8*I246</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K246" s="10" t="e">
+        <f>MAX(I246,J246)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L246" s="10" t="e">
+        <f>ROUND(K246*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M246" s="10" t="e">
+        <f>IF(L246&lt;4.5,ROUND(K246,0),L246)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N246" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F246="",G246=""),"",M246)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P246" s="3"/>
+    </row>
+    <row r="247" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A247" s="25" t="s">
+        <v>257</v>
+      </c>
+      <c r="B247" s="19">
+        <v>10</v>
+      </c>
+      <c r="C247" s="19"/>
+      <c r="D247" s="15"/>
+      <c r="E247" s="26">
+        <f>(B247+C247+D247)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F247" s="23"/>
+      <c r="G247" s="23"/>
+      <c r="H247" s="23"/>
+      <c r="I247" s="22" t="e">
+        <f>#REF!+#REF!+F247+G247+H247</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J247" s="10" t="e">
+        <f>0.2*E247+0.8*I247</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K247" s="10" t="e">
+        <f>MAX(I247,J247)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L247" s="10" t="e">
+        <f>ROUND(K247*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M247" s="10" t="e">
+        <f>IF(L247&lt;4.5,ROUND(K247,0),L247)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N247" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F247="",G247=""),"",M247)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P247" s="3"/>
+    </row>
+    <row r="248" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A248" s="25" t="s">
+        <v>203</v>
+      </c>
+      <c r="B248" s="19">
+        <v>10</v>
+      </c>
+      <c r="C248" s="19"/>
+      <c r="D248" s="15"/>
+      <c r="E248" s="26">
+        <f>(B248+C248+D248)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F248" s="23"/>
+      <c r="G248" s="23"/>
+      <c r="H248" s="23"/>
+      <c r="I248" s="22" t="e">
+        <f>#REF!+#REF!+F248+G248+H248</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J248" s="10" t="e">
+        <f>0.2*E248+0.8*I248</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K248" s="10" t="e">
+        <f>MAX(I248,J248)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L248" s="10" t="e">
+        <f>ROUND(K248*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M248" s="10" t="e">
+        <f>IF(L248&lt;4.5,ROUND(K248,0),L248)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N248" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F248="",G248=""),"",M248)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P248" s="3"/>
+    </row>
+    <row r="249" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A249" s="25" t="s">
+        <v>264</v>
+      </c>
+      <c r="B249" s="19">
+        <v>10</v>
+      </c>
+      <c r="C249" s="19"/>
+      <c r="D249" s="15"/>
+      <c r="E249" s="26">
+        <f>(B249+C249+D249)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F249" s="23"/>
+      <c r="G249" s="23"/>
+      <c r="H249" s="23"/>
+      <c r="I249" s="22" t="e">
+        <f>#REF!+#REF!+F249+G249+H249</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J249" s="10" t="e">
+        <f>0.2*E249+0.8*I249</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K249" s="10" t="e">
+        <f>MAX(I249,J249)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L249" s="10" t="e">
+        <f>ROUND(K249*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M249" s="10" t="e">
+        <f>IF(L249&lt;4.5,ROUND(K249,0),L249)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N249" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F249="",G249=""),"",M249)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P249" s="3"/>
+    </row>
+    <row r="250" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A250" s="25" t="s">
+        <v>99</v>
+      </c>
+      <c r="B250" s="19">
+        <v>8</v>
+      </c>
+      <c r="C250" s="19"/>
+      <c r="D250" s="15"/>
+      <c r="E250" s="26">
+        <f>(B250+C250+D250)/3</f>
+        <v>2.6666666666666665</v>
+      </c>
+      <c r="F250" s="23"/>
+      <c r="G250" s="23"/>
+      <c r="H250" s="23"/>
+      <c r="I250" s="22" t="e">
+        <f>#REF!+#REF!+F250+G250+H250</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J250" s="10" t="e">
+        <f>0.2*E250+0.8*I250</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K250" s="10" t="e">
+        <f>MAX(I250,J250)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L250" s="10" t="e">
+        <f>ROUND(K250*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M250" s="10" t="e">
+        <f>IF(L250&lt;4.5,ROUND(K250,0),L250)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N250" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F250="",G250=""),"",M250)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P250" s="3"/>
+    </row>
+    <row r="251" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A251" s="25" t="s">
+        <v>209</v>
+      </c>
+      <c r="B251" s="19">
+        <v>10</v>
+      </c>
+      <c r="C251" s="19"/>
+      <c r="D251" s="15"/>
+      <c r="E251" s="26">
+        <f>(B251+C251+D251)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F251" s="23"/>
+      <c r="G251" s="23"/>
+      <c r="H251" s="23"/>
+      <c r="I251" s="22" t="e">
+        <f>#REF!+#REF!+F251+G251+H251</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J251" s="10" t="e">
+        <f>0.2*E251+0.8*I251</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K251" s="10" t="e">
+        <f>MAX(I251,J251)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L251" s="10" t="e">
+        <f>ROUND(K251*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M251" s="10" t="e">
+        <f>IF(L251&lt;4.5,ROUND(K251,0),L251)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N251" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F251="",G251=""),"",M251)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P251" s="3"/>
+    </row>
+    <row r="252" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A252" s="25" t="s">
+        <v>273</v>
+      </c>
+      <c r="B252" s="19">
         <v>9.5</v>
       </c>
-      <c r="E208" s="27">
-[...6 lines deleted...]
-      <c r="G208" s="24">
+      <c r="C252" s="19"/>
+      <c r="D252" s="15"/>
+      <c r="E252" s="26">
+        <f>(B252+C252+D252)/3</f>
+        <v>3.1666666666666665</v>
+      </c>
+      <c r="F252" s="23"/>
+      <c r="G252" s="23"/>
+      <c r="H252" s="23"/>
+      <c r="I252" s="22" t="e">
+        <f>#REF!+#REF!+F252+G252+H252</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J252" s="10" t="e">
+        <f>0.2*E252+0.8*I252</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K252" s="10" t="e">
+        <f>MAX(I252,J252)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L252" s="10" t="e">
+        <f>ROUND(K252*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M252" s="10" t="e">
+        <f>IF(L252&lt;4.5,ROUND(K252,0),L252)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N252" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F252="",G252=""),"",M252)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P252" s="3"/>
+    </row>
+    <row r="253" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A253" s="25" t="s">
+        <v>258</v>
+      </c>
+      <c r="B253" s="19">
+        <v>10</v>
+      </c>
+      <c r="C253" s="19"/>
+      <c r="D253" s="15"/>
+      <c r="E253" s="26">
+        <f>(B253+C253+D253)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F253" s="23"/>
+      <c r="G253" s="23"/>
+      <c r="H253" s="23"/>
+      <c r="I253" s="22" t="e">
+        <f>#REF!+#REF!+F253+G253+H253</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J253" s="10" t="e">
+        <f>0.2*E253+0.8*I253</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K253" s="10" t="e">
+        <f>MAX(I253,J253)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L253" s="10" t="e">
+        <f>ROUND(K253*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M253" s="10" t="e">
+        <f>IF(L253&lt;4.5,ROUND(K253,0),L253)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N253" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F253="",G253=""),"",M253)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P253" s="3"/>
+    </row>
+    <row r="254" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A254" s="25" t="s">
+        <v>177</v>
+      </c>
+      <c r="B254" s="19">
+        <v>10</v>
+      </c>
+      <c r="C254" s="19"/>
+      <c r="D254" s="15"/>
+      <c r="E254" s="26">
+        <f>(B254+C254+D254)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F254" s="23"/>
+      <c r="G254" s="23"/>
+      <c r="H254" s="23"/>
+      <c r="I254" s="22" t="e">
+        <f>#REF!+#REF!+F254+G254+H254</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J254" s="10" t="e">
+        <f>0.2*E254+0.8*I254</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K254" s="10" t="e">
+        <f>MAX(I254,J254)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L254" s="10" t="e">
+        <f>ROUND(K254*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M254" s="10" t="e">
+        <f>IF(L254&lt;4.5,ROUND(K254,0),L254)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N254" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F254="",G254=""),"",M254)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P254" s="3"/>
+    </row>
+    <row r="255" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A255" s="25" t="s">
+        <v>210</v>
+      </c>
+      <c r="B255" s="19">
+        <v>10</v>
+      </c>
+      <c r="C255" s="19"/>
+      <c r="D255" s="15"/>
+      <c r="E255" s="26">
+        <f>(B255+C255+D255)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F255" s="23"/>
+      <c r="G255" s="23"/>
+      <c r="H255" s="23"/>
+      <c r="I255" s="22" t="e">
+        <f>#REF!+#REF!+F255+G255+H255</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J255" s="10" t="e">
+        <f>0.2*E255+0.8*I255</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K255" s="10" t="e">
+        <f>MAX(I255,J255)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L255" s="10" t="e">
+        <f>ROUND(K255*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M255" s="10" t="e">
+        <f>IF(L255&lt;4.5,ROUND(K255,0),L255)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N255" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F255="",G255=""),"",M255)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P255" s="3"/>
+    </row>
+    <row r="256" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A256" s="25" t="s">
+        <v>97</v>
+      </c>
+      <c r="B256" s="19">
+        <v>10</v>
+      </c>
+      <c r="C256" s="19"/>
+      <c r="D256" s="15"/>
+      <c r="E256" s="26">
+        <f>(B256+C256+D256)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F256" s="23"/>
+      <c r="G256" s="23"/>
+      <c r="H256" s="23"/>
+      <c r="I256" s="22" t="e">
+        <f>#REF!+#REF!+F256+G256+H256</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J256" s="10" t="e">
+        <f>0.2*E256+0.8*I256</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K256" s="10" t="e">
+        <f>MAX(I256,J256)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L256" s="10" t="e">
+        <f>ROUND(K256*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M256" s="10" t="e">
+        <f>IF(L256&lt;4.5,ROUND(K256,0),L256)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N256" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F256="",G256=""),"",M256)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P256" s="3"/>
+    </row>
+    <row r="257" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A257" s="25" t="s">
+        <v>110</v>
+      </c>
+      <c r="B257" s="19">
+        <v>10</v>
+      </c>
+      <c r="C257" s="19"/>
+      <c r="D257" s="15"/>
+      <c r="E257" s="26">
+        <f>(B257+C257+D257)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F257" s="23"/>
+      <c r="G257" s="23"/>
+      <c r="H257" s="23"/>
+      <c r="I257" s="22" t="e">
+        <f>#REF!+#REF!+F257+G257+H257</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J257" s="10" t="e">
+        <f>0.2*E257+0.8*I257</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K257" s="10" t="e">
+        <f>MAX(I257,J257)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L257" s="10" t="e">
+        <f>ROUND(K257*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M257" s="10" t="e">
+        <f>IF(L257&lt;4.5,ROUND(K257,0),L257)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N257" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F257="",G257=""),"",M257)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P257" s="3"/>
+    </row>
+    <row r="258" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A258" s="25" t="s">
+        <v>240</v>
+      </c>
+      <c r="B258" s="19">
+        <v>10</v>
+      </c>
+      <c r="C258" s="19"/>
+      <c r="D258" s="15"/>
+      <c r="E258" s="26">
+        <f>(B258+C258+D258)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F258" s="23"/>
+      <c r="G258" s="23"/>
+      <c r="H258" s="23"/>
+      <c r="I258" s="22" t="e">
+        <f>#REF!+#REF!+F258+G258+H258</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J258" s="10" t="e">
+        <f>0.2*E258+0.8*I258</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K258" s="10" t="e">
+        <f>MAX(I258,J258)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L258" s="10" t="e">
+        <f>ROUND(K258*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M258" s="10" t="e">
+        <f>IF(L258&lt;4.5,ROUND(K258,0),L258)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N258" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F258="",G258=""),"",M258)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P258" s="3"/>
+    </row>
+    <row r="259" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A259" s="25" t="s">
+        <v>86</v>
+      </c>
+      <c r="B259" s="19">
+        <v>10</v>
+      </c>
+      <c r="C259" s="19"/>
+      <c r="D259" s="15"/>
+      <c r="E259" s="26">
+        <f>(B259+C259+D259)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F259" s="23"/>
+      <c r="G259" s="23"/>
+      <c r="H259" s="23"/>
+      <c r="I259" s="22" t="e">
+        <f>#REF!+#REF!+F259+G259+H259</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J259" s="10" t="e">
+        <f>0.2*E259+0.8*I259</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K259" s="10" t="e">
+        <f>MAX(I259,J259)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L259" s="10" t="e">
+        <f>ROUND(K259*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M259" s="10" t="e">
+        <f>IF(L259&lt;4.5,ROUND(K259,0),L259)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N259" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F259="",G259=""),"",M259)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P259" s="3"/>
+    </row>
+    <row r="260" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A260" s="25" t="s">
+        <v>263</v>
+      </c>
+      <c r="B260" s="19">
+        <v>10</v>
+      </c>
+      <c r="C260" s="19"/>
+      <c r="D260" s="15"/>
+      <c r="E260" s="26">
+        <f>(B260+C260+D260)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F260" s="23"/>
+      <c r="G260" s="23"/>
+      <c r="H260" s="23"/>
+      <c r="I260" s="22" t="e">
+        <f>#REF!+#REF!+F260+G260+H260</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J260" s="10" t="e">
+        <f>0.2*E260+0.8*I260</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K260" s="10" t="e">
+        <f>MAX(I260,J260)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L260" s="10" t="e">
+        <f>ROUND(K260*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M260" s="10" t="e">
+        <f>IF(L260&lt;4.5,ROUND(K260,0),L260)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N260" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F260="",G260=""),"",M260)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P260" s="3"/>
+    </row>
+    <row r="261" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A261" s="25" t="s">
+        <v>142</v>
+      </c>
+      <c r="B261" s="19">
+        <v>10</v>
+      </c>
+      <c r="C261" s="19"/>
+      <c r="D261" s="15"/>
+      <c r="E261" s="26">
+        <f>(B261+C261+D261)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F261" s="23"/>
+      <c r="G261" s="23"/>
+      <c r="H261" s="23"/>
+      <c r="I261" s="22" t="e">
+        <f>#REF!+#REF!+F261+G261+H261</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J261" s="10" t="e">
+        <f>0.2*E261+0.8*I261</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K261" s="10" t="e">
+        <f>MAX(I261,J261)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L261" s="10" t="e">
+        <f>ROUND(K261*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M261" s="10" t="e">
+        <f>IF(L261&lt;4.5,ROUND(K261,0),L261)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N261" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F261="",G261=""),"",M261)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P261" s="3"/>
+    </row>
+    <row r="262" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A262" s="25" t="s">
+        <v>281</v>
+      </c>
+      <c r="B262" s="19">
+        <v>10</v>
+      </c>
+      <c r="C262" s="19"/>
+      <c r="D262" s="15"/>
+      <c r="E262" s="26">
+        <f>(B262+C262+D262)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F262" s="23"/>
+      <c r="G262" s="23"/>
+      <c r="H262" s="23"/>
+      <c r="I262" s="22" t="e">
+        <f>#REF!+#REF!+F262+G262+H262</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J262" s="10" t="e">
+        <f>0.2*E262+0.8*I262</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K262" s="10" t="e">
+        <f>MAX(I262,J262)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L262" s="10" t="e">
+        <f>ROUND(K262*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M262" s="10" t="e">
+        <f>IF(L262&lt;4.5,ROUND(K262,0),L262)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N262" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F262="",G262=""),"",M262)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P262" s="3"/>
+    </row>
+    <row r="263" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A263" s="25" t="s">
+        <v>134</v>
+      </c>
+      <c r="B263" s="19"/>
+      <c r="C263" s="19"/>
+      <c r="D263" s="15"/>
+      <c r="E263" s="26">
+        <f>(B263+C263+D263)/3</f>
         <v>0</v>
       </c>
-      <c r="H208" s="24">
-[...2 lines deleted...]
-      <c r="I208" s="24">
+      <c r="F263" s="23"/>
+      <c r="G263" s="23"/>
+      <c r="H263" s="23"/>
+      <c r="I263" s="22" t="e">
+        <f>#REF!+#REF!+F263+G263+H263</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J263" s="10" t="e">
+        <f>0.2*E263+0.8*I263</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K263" s="10" t="e">
+        <f>MAX(I263,J263)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L263" s="10" t="e">
+        <f>ROUND(K263*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M263" s="10" t="e">
+        <f>IF(L263&lt;4.5,ROUND(K263,0),L263)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N263" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F263="",G263=""),"",M263)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P263" s="3"/>
+    </row>
+    <row r="264" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A264" s="25" t="s">
+        <v>181</v>
+      </c>
+      <c r="B264" s="19">
+        <v>10</v>
+      </c>
+      <c r="C264" s="19"/>
+      <c r="D264" s="15"/>
+      <c r="E264" s="26">
+        <f>(B264+C264+D264)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F264" s="23"/>
+      <c r="G264" s="23"/>
+      <c r="H264" s="23"/>
+      <c r="I264" s="22" t="e">
+        <f>#REF!+#REF!+F264+G264+H264</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J264" s="10" t="e">
+        <f>0.2*E264+0.8*I264</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K264" s="10" t="e">
+        <f>MAX(I264,J264)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L264" s="10" t="e">
+        <f>ROUND(K264*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M264" s="10" t="e">
+        <f>IF(L264&lt;4.5,ROUND(K264,0),L264)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N264" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F264="",G264=""),"",M264)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P264" s="3"/>
+    </row>
+    <row r="265" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A265" s="25" t="s">
+        <v>114</v>
+      </c>
+      <c r="B265" s="19">
+        <v>10</v>
+      </c>
+      <c r="C265" s="19"/>
+      <c r="D265" s="15"/>
+      <c r="E265" s="26">
+        <f>(B265+C265+D265)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F265" s="23"/>
+      <c r="G265" s="23"/>
+      <c r="H265" s="23"/>
+      <c r="I265" s="22" t="e">
+        <f>#REF!+#REF!+F265+G265+H265</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J265" s="10" t="e">
+        <f>0.2*E265+0.8*I265</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K265" s="10" t="e">
+        <f>MAX(I265,J265)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L265" s="10" t="e">
+        <f>ROUND(K265*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M265" s="10" t="e">
+        <f>IF(L265&lt;4.5,ROUND(K265,0),L265)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N265" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F265="",G265=""),"",M265)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P265" s="3"/>
+    </row>
+    <row r="266" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A266" s="25" t="s">
+        <v>199</v>
+      </c>
+      <c r="B266" s="19">
+        <v>10</v>
+      </c>
+      <c r="C266" s="19"/>
+      <c r="D266" s="15"/>
+      <c r="E266" s="26">
+        <f>(B266+C266+D266)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F266" s="23"/>
+      <c r="G266" s="23"/>
+      <c r="H266" s="23"/>
+      <c r="I266" s="22" t="e">
+        <f>#REF!+#REF!+F266+G266+H266</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J266" s="10" t="e">
+        <f>0.2*E266+0.8*I266</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K266" s="10" t="e">
+        <f>MAX(I266,J266)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L266" s="10" t="e">
+        <f>ROUND(K266*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M266" s="10" t="e">
+        <f>IF(L266&lt;4.5,ROUND(K266,0),L266)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N266" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F266="",G266=""),"",M266)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P266" s="3"/>
+    </row>
+    <row r="267" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A267" s="25" t="s">
+        <v>228</v>
+      </c>
+      <c r="B267" s="19">
+        <v>10</v>
+      </c>
+      <c r="C267" s="19"/>
+      <c r="D267" s="15"/>
+      <c r="E267" s="26">
+        <f>(B267+C267+D267)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F267" s="23"/>
+      <c r="G267" s="23"/>
+      <c r="H267" s="23"/>
+      <c r="I267" s="22" t="e">
+        <f>#REF!+#REF!+F267+G267+H267</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J267" s="10" t="e">
+        <f>0.2*E267+0.8*I267</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K267" s="10" t="e">
+        <f>MAX(I267,J267)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L267" s="10" t="e">
+        <f>ROUND(K267*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M267" s="10" t="e">
+        <f>IF(L267&lt;4.5,ROUND(K267,0),L267)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N267" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F267="",G267=""),"",M267)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P267" s="3"/>
+    </row>
+    <row r="268" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A268" s="25" t="s">
+        <v>158</v>
+      </c>
+      <c r="B268" s="19"/>
+      <c r="C268" s="19"/>
+      <c r="D268" s="15"/>
+      <c r="E268" s="26">
+        <f>(B268+C268+D268)/3</f>
         <v>0</v>
       </c>
-      <c r="J208" s="24">
+      <c r="F268" s="23"/>
+      <c r="G268" s="23"/>
+      <c r="H268" s="23"/>
+      <c r="I268" s="22" t="e">
+        <f>#REF!+#REF!+F268+G268+H268</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J268" s="10" t="e">
+        <f>0.2*E268+0.8*I268</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K268" s="10" t="e">
+        <f>MAX(I268,J268)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L268" s="10" t="e">
+        <f>ROUND(K268*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M268" s="10" t="e">
+        <f>IF(L268&lt;4.5,ROUND(K268,0),L268)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N268" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F268="",G268=""),"",M268)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P268" s="3"/>
+    </row>
+    <row r="269" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A269" s="25" t="s">
+        <v>131</v>
+      </c>
+      <c r="B269" s="19">
+        <v>10</v>
+      </c>
+      <c r="C269" s="19"/>
+      <c r="D269" s="15"/>
+      <c r="E269" s="26">
+        <f>(B269+C269+D269)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F269" s="23"/>
+      <c r="G269" s="23"/>
+      <c r="H269" s="23"/>
+      <c r="I269" s="22" t="e">
+        <f>#REF!+#REF!+F269+G269+H269</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J269" s="10" t="e">
+        <f>0.2*E269+0.8*I269</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K269" s="10" t="e">
+        <f>MAX(I269,J269)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L269" s="10" t="e">
+        <f>ROUND(K269*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M269" s="10" t="e">
+        <f>IF(L269&lt;4.5,ROUND(K269,0),L269)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N269" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F269="",G269=""),"",M269)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P269" s="3"/>
+    </row>
+    <row r="270" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A270" s="25" t="s">
+        <v>95</v>
+      </c>
+      <c r="B270" s="19">
+        <v>10</v>
+      </c>
+      <c r="C270" s="19"/>
+      <c r="D270" s="15"/>
+      <c r="E270" s="26">
+        <f>(B270+C270+D270)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F270" s="23"/>
+      <c r="G270" s="23"/>
+      <c r="H270" s="23"/>
+      <c r="I270" s="22" t="e">
+        <f>#REF!+#REF!+F270+G270+H270</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J270" s="10" t="e">
+        <f>0.2*E270+0.8*I270</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K270" s="10" t="e">
+        <f>MAX(I270,J270)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L270" s="10" t="e">
+        <f>ROUND(K270*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M270" s="10" t="e">
+        <f>IF(L270&lt;4.5,ROUND(K270,0),L270)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N270" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F270="",G270=""),"",M270)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P270" s="3"/>
+    </row>
+    <row r="271" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A271" s="25" t="s">
+        <v>129</v>
+      </c>
+      <c r="B271" s="19">
+        <v>10</v>
+      </c>
+      <c r="C271" s="19"/>
+      <c r="D271" s="15"/>
+      <c r="E271" s="26">
+        <f>(B271+C271+D271)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F271" s="23"/>
+      <c r="G271" s="23"/>
+      <c r="H271" s="23"/>
+      <c r="I271" s="22" t="e">
+        <f>#REF!+#REF!+F271+G271+H271</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J271" s="10" t="e">
+        <f>0.2*E271+0.8*I271</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K271" s="10" t="e">
+        <f>MAX(I271,J271)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L271" s="10" t="e">
+        <f>ROUND(K271*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M271" s="10" t="e">
+        <f>IF(L271&lt;4.5,ROUND(K271,0),L271)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N271" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F271="",G271=""),"",M271)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O271" s="27"/>
+      <c r="P271" s="3"/>
+    </row>
+    <row r="272" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A272" s="25" t="s">
+        <v>188</v>
+      </c>
+      <c r="B272" s="19">
+        <v>9.5</v>
+      </c>
+      <c r="C272" s="19"/>
+      <c r="D272" s="15"/>
+      <c r="E272" s="26">
+        <f>(B272+C272+D272)/3</f>
+        <v>3.1666666666666665</v>
+      </c>
+      <c r="F272" s="23"/>
+      <c r="G272" s="23"/>
+      <c r="H272" s="23"/>
+      <c r="I272" s="22" t="e">
+        <f>#REF!+#REF!+F272+G272+H272</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J272" s="10" t="e">
+        <f>0.2*E272+0.8*I272</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K272" s="10" t="e">
+        <f>MAX(I272,J272)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L272" s="10" t="e">
+        <f>ROUND(K272*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M272" s="10" t="e">
+        <f>IF(L272&lt;4.5,ROUND(K272,0),L272)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N272" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F272="",G272=""),"",M272)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O272" s="27"/>
+      <c r="P272" s="3"/>
+    </row>
+    <row r="273" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A273" s="25" t="s">
+        <v>84</v>
+      </c>
+      <c r="B273" s="19">
+        <v>10</v>
+      </c>
+      <c r="C273" s="19"/>
+      <c r="D273" s="15"/>
+      <c r="E273" s="26">
+        <f>(B273+C273+D273)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F273" s="23"/>
+      <c r="G273" s="23"/>
+      <c r="H273" s="23"/>
+      <c r="I273" s="22" t="e">
+        <f>#REF!+#REF!+F273+G273+H273</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J273" s="10" t="e">
+        <f>0.2*E273+0.8*I273</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K273" s="10" t="e">
+        <f>MAX(I273,J273)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L273" s="10" t="e">
+        <f>ROUND(K273*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M273" s="10" t="e">
+        <f>IF(L273&lt;4.5,ROUND(K273,0),L273)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N273" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F273="",G273=""),"",M273)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P273" s="3"/>
+    </row>
+    <row r="274" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A274" s="25" t="s">
+        <v>154</v>
+      </c>
+      <c r="B274" s="19">
+        <v>10</v>
+      </c>
+      <c r="C274" s="19"/>
+      <c r="D274" s="15"/>
+      <c r="E274" s="26">
+        <f>(B274+C274+D274)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F274" s="23"/>
+      <c r="G274" s="23"/>
+      <c r="H274" s="23"/>
+      <c r="I274" s="22" t="e">
+        <f>#REF!+#REF!+F274+G274+H274</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J274" s="10" t="e">
+        <f>0.2*E274+0.8*I274</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K274" s="10" t="e">
+        <f>MAX(I274,J274)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L274" s="10" t="e">
+        <f>ROUND(K274*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M274" s="10" t="e">
+        <f>IF(L274&lt;4.5,ROUND(K274,0),L274)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N274" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F274="",G274=""),"",M274)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P274" s="3"/>
+    </row>
+    <row r="275" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A275" s="25" t="s">
+        <v>173</v>
+      </c>
+      <c r="B275" s="19"/>
+      <c r="C275" s="19"/>
+      <c r="D275" s="15"/>
+      <c r="E275" s="26">
+        <f>(B275+C275+D275)/3</f>
         <v>0</v>
       </c>
-      <c r="K208" s="23">
-[...47 lines deleted...]
-        <f>F209+G209+H209+I209+J209</f>
+      <c r="F275" s="23"/>
+      <c r="G275" s="23"/>
+      <c r="H275" s="23"/>
+      <c r="I275" s="22" t="e">
+        <f>#REF!+#REF!+F275+G275+H275</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J275" s="10" t="e">
+        <f>0.2*E275+0.8*I275</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K275" s="10" t="e">
+        <f>MAX(I275,J275)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L275" s="10" t="e">
+        <f>ROUND(K275*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M275" s="10" t="e">
+        <f>IF(L275&lt;4.5,ROUND(K275,0),L275)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N275" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F275="",G275=""),"",M275)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P275" s="3"/>
+    </row>
+    <row r="276" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A276" s="25" t="s">
+        <v>267</v>
+      </c>
+      <c r="B276" s="19">
+        <v>10</v>
+      </c>
+      <c r="C276" s="19"/>
+      <c r="D276" s="15"/>
+      <c r="E276" s="26">
+        <f>(B276+C276+D276)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F276" s="23"/>
+      <c r="G276" s="23"/>
+      <c r="H276" s="23"/>
+      <c r="I276" s="22" t="e">
+        <f>#REF!+#REF!+F276+G276+H276</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J276" s="10" t="e">
+        <f>0.2*E276+0.8*I276</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K276" s="10" t="e">
+        <f>MAX(I276,J276)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L276" s="10" t="e">
+        <f>ROUND(K276*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M276" s="10" t="e">
+        <f>IF(L276&lt;4.5,ROUND(K276,0),L276)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N276" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F276="",G276=""),"",M276)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P276" s="3"/>
+    </row>
+    <row r="277" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A277" s="25" t="s">
+        <v>100</v>
+      </c>
+      <c r="B277" s="19"/>
+      <c r="C277" s="19"/>
+      <c r="D277" s="15"/>
+      <c r="E277" s="26">
+        <f>(B277+C277+D277)/3</f>
         <v>0</v>
       </c>
-      <c r="L209" s="10">
-[...29 lines deleted...]
-        <f>(B210+C210+D210)/3</f>
+      <c r="F277" s="23"/>
+      <c r="G277" s="23"/>
+      <c r="H277" s="23"/>
+      <c r="I277" s="22" t="e">
+        <f>#REF!+#REF!+F277+G277+H277</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J277" s="10" t="e">
+        <f>0.2*E277+0.8*I277</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K277" s="10" t="e">
+        <f>MAX(I277,J277)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L277" s="10" t="e">
+        <f>ROUND(K277*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M277" s="10" t="e">
+        <f>IF(L277&lt;4.5,ROUND(K277,0),L277)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N277" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F277="",G277=""),"",M277)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P277" s="3"/>
+    </row>
+    <row r="278" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A278" s="25" t="s">
+        <v>218</v>
+      </c>
+      <c r="B278" s="19">
+        <v>10</v>
+      </c>
+      <c r="C278" s="19"/>
+      <c r="D278" s="15"/>
+      <c r="E278" s="26">
+        <f>(B278+C278+D278)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F278" s="23"/>
+      <c r="G278" s="23"/>
+      <c r="H278" s="23"/>
+      <c r="I278" s="22" t="e">
+        <f>#REF!+#REF!+F278+G278+H278</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J278" s="10" t="e">
+        <f>0.2*E278+0.8*I278</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K278" s="10" t="e">
+        <f>MAX(I278,J278)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L278" s="10" t="e">
+        <f>ROUND(K278*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M278" s="10" t="e">
+        <f>IF(L278&lt;4.5,ROUND(K278,0),L278)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N278" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F278="",G278=""),"",M278)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P278" s="3"/>
+    </row>
+    <row r="279" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A279" s="25" t="s">
+        <v>192</v>
+      </c>
+      <c r="B279" s="19">
+        <v>10</v>
+      </c>
+      <c r="C279" s="19"/>
+      <c r="D279" s="15"/>
+      <c r="E279" s="26">
+        <f>(B279+C279+D279)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F279" s="23"/>
+      <c r="G279" s="23"/>
+      <c r="H279" s="23"/>
+      <c r="I279" s="22" t="e">
+        <f>#REF!+#REF!+F279+G279+H279</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J279" s="10" t="e">
+        <f>0.2*E279+0.8*I279</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K279" s="10" t="e">
+        <f>MAX(I279,J279)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L279" s="10" t="e">
+        <f>ROUND(K279*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M279" s="10" t="e">
+        <f>IF(L279&lt;4.5,ROUND(K279,0),L279)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N279" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F279="",G279=""),"",M279)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P279" s="3"/>
+    </row>
+    <row r="280" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A280" s="25" t="s">
+        <v>160</v>
+      </c>
+      <c r="B280" s="19">
+        <v>10</v>
+      </c>
+      <c r="C280" s="19"/>
+      <c r="D280" s="15"/>
+      <c r="E280" s="26">
+        <f>(B280+C280+D280)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F280" s="23"/>
+      <c r="G280" s="23"/>
+      <c r="H280" s="23"/>
+      <c r="I280" s="22" t="e">
+        <f>#REF!+#REF!+F280+G280+H280</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J280" s="10" t="e">
+        <f>0.2*E280+0.8*I280</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K280" s="10" t="e">
+        <f>MAX(I280,J280)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L280" s="10" t="e">
+        <f>ROUND(K280*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M280" s="10" t="e">
+        <f>IF(L280&lt;4.5,ROUND(K280,0),L280)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N280" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F280="",G280=""),"",M280)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P280" s="3"/>
+    </row>
+    <row r="281" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A281" s="25" t="s">
+        <v>91</v>
+      </c>
+      <c r="B281" s="19">
+        <v>10</v>
+      </c>
+      <c r="C281" s="19"/>
+      <c r="D281" s="15"/>
+      <c r="E281" s="26">
+        <f>(B281+C281+D281)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F281" s="23"/>
+      <c r="G281" s="23"/>
+      <c r="H281" s="23"/>
+      <c r="I281" s="22" t="e">
+        <f>#REF!+#REF!+F281+G281+H281</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J281" s="10" t="e">
+        <f>0.2*E281+0.8*I281</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K281" s="10" t="e">
+        <f>MAX(I281,J281)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L281" s="10" t="e">
+        <f>ROUND(K281*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M281" s="10" t="e">
+        <f>IF(L281&lt;4.5,ROUND(K281,0),L281)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N281" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F281="",G281=""),"",M281)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P281" s="3"/>
+    </row>
+    <row r="282" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A282" s="25" t="s">
+        <v>280</v>
+      </c>
+      <c r="B282" s="19"/>
+      <c r="C282" s="19"/>
+      <c r="D282" s="15"/>
+      <c r="E282" s="26">
+        <f>(B282+C282+D282)/3</f>
         <v>0</v>
       </c>
-      <c r="F210" s="24"/>
-[...5 lines deleted...]
-        <f>F210+G210+H210+I210+J210</f>
+      <c r="F282" s="23"/>
+      <c r="G282" s="23"/>
+      <c r="H282" s="23"/>
+      <c r="I282" s="22" t="e">
+        <f>#REF!+#REF!+F282+G282+H282</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J282" s="10" t="e">
+        <f>0.2*E282+0.8*I282</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K282" s="10" t="e">
+        <f>MAX(I282,J282)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L282" s="10" t="e">
+        <f>ROUND(K282*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M282" s="10" t="e">
+        <f>IF(L282&lt;4.5,ROUND(K282,0),L282)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N282" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F282="",G282=""),"",M282)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P282" s="3"/>
+    </row>
+    <row r="283" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A283" s="25" t="s">
+        <v>69</v>
+      </c>
+      <c r="B283" s="19"/>
+      <c r="C283" s="19"/>
+      <c r="D283" s="15"/>
+      <c r="E283" s="26">
+        <f>(B283+C283+D283)/3</f>
         <v>0</v>
       </c>
-      <c r="L210" s="10">
-        <f>0.2*E210+0.8*K210</f>
+      <c r="F283" s="23"/>
+      <c r="G283" s="23"/>
+      <c r="H283" s="23"/>
+      <c r="I283" s="22" t="e">
+        <f>#REF!+#REF!+F283+G283+H283</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J283" s="10" t="e">
+        <f>0.2*E283+0.8*I283</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K283" s="10" t="e">
+        <f>MAX(I283,J283)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L283" s="10" t="e">
+        <f>ROUND(K283*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M283" s="10" t="e">
+        <f>IF(L283&lt;4.5,ROUND(K283,0),L283)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N283" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F283="",G283=""),"",M283)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P283" s="3"/>
+    </row>
+    <row r="284" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A284" s="25" t="s">
+        <v>167</v>
+      </c>
+      <c r="B284" s="19">
+        <v>10</v>
+      </c>
+      <c r="C284" s="19"/>
+      <c r="D284" s="15"/>
+      <c r="E284" s="26">
+        <f>(B284+C284+D284)/3</f>
+        <v>3.3333333333333335</v>
+      </c>
+      <c r="F284" s="23"/>
+      <c r="G284" s="23"/>
+      <c r="H284" s="23"/>
+      <c r="I284" s="22" t="e">
+        <f>#REF!+#REF!+F284+G284+H284</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J284" s="10" t="e">
+        <f>0.2*E284+0.8*I284</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K284" s="10" t="e">
+        <f>MAX(I284,J284)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L284" s="10" t="e">
+        <f>ROUND(K284*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M284" s="10" t="e">
+        <f>IF(L284&lt;4.5,ROUND(K284,0),L284)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N284" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F284="",G284=""),"",M284)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P284" s="3"/>
+    </row>
+    <row r="285" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A285" s="25" t="s">
+        <v>221</v>
+      </c>
+      <c r="B285" s="19"/>
+      <c r="C285" s="19"/>
+      <c r="D285" s="15"/>
+      <c r="E285" s="26">
+        <f>(B285+C285+D285)/3</f>
         <v>0</v>
       </c>
-      <c r="M210" s="10">
-[...2995 lines deleted...]
-      <c r="R272" s="3"/>
+      <c r="F285" s="23"/>
+      <c r="G285" s="23"/>
+      <c r="H285" s="23"/>
+      <c r="I285" s="22" t="e">
+        <f>#REF!+#REF!+F285+G285+H285</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J285" s="10" t="e">
+        <f>0.2*E285+0.8*I285</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K285" s="10" t="e">
+        <f>MAX(I285,J285)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="L285" s="10" t="e">
+        <f>ROUND(K285*2,0)/2</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M285" s="10" t="e">
+        <f>IF(L285&lt;4.5,ROUND(K285,0),L285)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N285" s="9" t="e">
+        <f>IF(AND(#REF!="",#REF!="",F285="",G285=""),"",M285)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="P285" s="3"/>
     </row>
   </sheetData>
+  <sortState ref="A11:D285">
+    <sortCondition ref="A11"/>
+  </sortState>
   <phoneticPr fontId="9" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:G5"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetData/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Φύλλα εργασίας</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Φύλλο1</vt:lpstr>
+      <vt:lpstr>Φύλλο2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Χρήστης των Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>