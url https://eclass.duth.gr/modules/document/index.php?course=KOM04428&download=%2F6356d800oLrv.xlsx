--- v0 (2025-10-16)
+++ v1 (2026-01-30)
@@ -1,497 +1,477 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/_rels/sheet1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-</Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...2 lines deleted...]
-  <workbookProtection/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <workbookPr defaultThemeVersion="202300"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Admin\Desktop\ΠΑΙΔΑΓΩΓΙΚΗ ΤΗΣ ΕΝΤΑΞΗΣ 2025-2026\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5DFDB04C-1EED-4CA3-8E46-5954553092F1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Φύλλο1" sheetId="1" state="visible" r:id="rId2"/>
+    <sheet name="Φύλλο1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.0001"/>
+  <calcPr calcId="191029" iterateDelta="1E-4"/>
   <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="CalcA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="75">
   <si>
-    <t xml:space="preserve">ΧΡΟΝΟΔΙΑΓΡΑΜΜΑ ΜΕΛΕΤΗΣ ΠΑΙΔΑΓΩΓΙΚΗ ΤΗΣ ΕΝΤΑΞΗΣ</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">ΗΜΕΡΟΜΗΝΙΕΣ ΚΑΙ ΩΡΕΣ
+    <t>ΧΡΟΝΟΔΙΑΓΡΑΜΜΑ ΜΕΛΕΤΗΣ ΠΑΙΔΑΓΩΓΙΚΗ ΤΗΣ ΕΝΤΑΞΗΣ</t>
+  </si>
+  <si>
+    <t>ΚΑΤΑΣΤΑΣΗ</t>
+  </si>
+  <si>
+    <t>Α/Α ΔΙΑΛΕΞΕΩΝ</t>
+  </si>
+  <si>
+    <t>ΗΜΕΡΟΜΗΝΙΕΣ ΚΑΙ ΩΡΕΣ
  ΜΑΘΗΜΑΤΩΝ
 ΑΘΗΝΑ</t>
   </si>
   <si>
-    <t xml:space="preserve">ΗΜΕΡΟΜΗΝΙΕΣ ΚΑΙ ΩΡΕΣ
+    <t>ΗΜΕΡΟΜΗΝΙΕΣ ΚΑΙ ΩΡΕΣ
  ΜΑΘΗΜΑΤΩΝ
 ΚΟΜΟΤΗΝΗ</t>
   </si>
   <si>
-    <t xml:space="preserve">Θεματική ενότητα</t>
-[...32 lines deleted...]
-(Τηλεδιάσκεψη)  </t>
+    <t>Θεματική ενότητα</t>
+  </si>
+  <si>
+    <t>Υλικό</t>
+  </si>
+  <si>
+    <t>Διδάσκων/ουσα</t>
+  </si>
+  <si>
+    <t>Ωρες συνεργασίας</t>
+  </si>
+  <si>
+    <t>Υποβολή δραστηριοτήτων από τους φοιτητές</t>
+  </si>
+  <si>
+    <t>Forum ανακοινώσεων και συνεργασίας</t>
+  </si>
+  <si>
+    <t>Ανατροφοδότηση Υποχρεωτικών Δραστηριοτήτων από τους διδάσκοντες</t>
+  </si>
+  <si>
+    <t>Online Εξέταση</t>
+  </si>
+  <si>
+    <t>3ο εξάμηνο</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="161"/>
       </rPr>
-      <t xml:space="preserve">1.</t>
+      <t>1.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="161"/>
       </rPr>
-      <t xml:space="preserve">      Γνωριμία με τους φοιτητές-Ενημέρωση για το μάθημα και παρουσίαση των στόχων του μαθήματος, μαθησιακών αποτελεσμάτων, ημερομηνίες παράδοσης εργασιών και εξέτασης -</t>
+      <t>      Γνωριμία με τους φοιτητές-Ενημέρωση για το μάθημα και παρουσίαση των στόχων του μαθήματος, μαθησιακών αποτελεσμάτων, ημερομηνίες παράδοσης εργασιών και εξέτασης -</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="161"/>
       </rPr>
-      <t xml:space="preserve">Εισαγωγή-Έννοιολογικοί προσδιορισμοί και φιλοσοφία της ένταξης, συνεκπαίδευσης και της συμπερίληψης</t>
+      <t>Εισαγωγή-Έννοιολογικοί προσδιορισμοί και φιλοσοφία της ένταξης, συνεκπαίδευσης και της συμπερίληψης</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">ppt και υλικό που έχει αναρτηθεί στο e-class</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">απογευματινές ώρες :                    6:00-8:00 μ.μ.</t>
+    <t>ppt και υλικό που έχει αναρτηθεί στο e-class</t>
+  </si>
+  <si>
+    <t>Μαντάς Παναγιώτης:panagiotisnmantas@gmail.com</t>
+  </si>
+  <si>
+    <t>απογευματινές ώρες :                    6:00-8:00 μ.μ.</t>
   </si>
   <si>
     <t xml:space="preserve">Παρουσίαση ενδεικτικών θεμάτων εργασιών  </t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> Δημιουργία ομάδων και ανάθεσης θεμάτων ατομικών-ομαδικών  εργασιών και  για τα δύο τμήματα και σχεδιασμός και αποστολή στο mail:panagiotisnmantas@gmail.com  μετά από ένα  δεκαήμερο του ενδεικτικού  σχεδίου δομής της εργασίας </t>
   </si>
   <si>
     <t xml:space="preserve">Ανατροφοδότηση
 </t>
   </si>
   <si>
-    <t xml:space="preserve">1/11/2024
-[...23 lines deleted...]
-(Τηλεδιάσκεψη)</t>
+    <t>Ο ρόλος και οι αντιλήψεις  των εκπαιδευτικών για την ένταξη</t>
+  </si>
+  <si>
+    <t>Ppt</t>
+  </si>
+  <si>
+    <t>Κατσαντώνη Σπυριδούλα :skatsantoni@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">Η συμβολή των ΤΠΕ στην Ένταξη των μαθητών με εεα/αναπηρίες </t>
   </si>
   <si>
     <t xml:space="preserve">Ppt και υλικό που έχει αναρτηθεί στο e-class
  </t>
   </si>
   <si>
-    <t xml:space="preserve">Δρίγκας Αθανάσιος</t>
-[...8 lines deleted...]
-10.00-12.15 (Τηλεδιάσκεψη) </t>
+    <t>Δρίγκας Αθανάσιος</t>
   </si>
   <si>
     <t xml:space="preserve">Διεθνείς πρακτικές σχολικής ένταξης- Η ελληνική πραγματικότητα </t>
   </si>
   <si>
-    <t xml:space="preserve">Λολίτσας Κωνσταντίνος :Klolitsas@yahoo.gr</t>
+    <t>Λολίτσας Κωνσταντίνος :Klolitsas@yahoo.gr</t>
   </si>
   <si>
     <t xml:space="preserve">Ερωτήματα -Θέματα προβληματισμού και κατάθεση απόψεων -  συζήτηση πάνω σε αυτά(Θεωρείτε ότι επιτυγχάνεται πλήρης συμπερίληψη με την υιοθέτηση ενός ενιαίου νομοθετικού πλαισίου ανάμεσα σε γενική και ειδική εκπαίδευση και με την κατάργηση των ειδικών σχολικών δομών εκπαίδευσης;
 Παρουσιάστε τις απόψεις σας σε ένα κείμενο από 300 μέχρι 500 λέξεις )
 </t>
   </si>
   <si>
-    <t xml:space="preserve">8/12/2024
-[...4 lines deleted...]
-    <t xml:space="preserve">Καθολικός σχεδιασμός για τη μάθηση (Universal Design for Learning) &amp; Αναθεώρηση και Διαμόρφωση αναλυτικών προγραμμάτων</t>
+    <t>Καθολικός σχεδιασμός για τη μάθηση (Universal Design for Learning) &amp; Αναθεώρηση και Διαμόρφωση αναλυτικών προγραμμάτων</t>
   </si>
   <si>
     <t xml:space="preserve">Ppt 
  </t>
   </si>
   <si>
-    <t xml:space="preserve">Κορρέ Ειρήνη</t>
-[...6 lines deleted...]
-    <t xml:space="preserve">Διαφοροποιημένη διδασκαλία και η συμβολή της- Στόχοι, διαδικασία, περιεχόμενο μάθησης και υλικά διδασκαλίας</t>
+    <t>Κορρέ Ειρήνη</t>
+  </si>
+  <si>
+    <t>Διαφοροποιημένη διδασκαλία και η συμβολή της- Στόχοι, διαδικασία, περιεχόμενο μάθησης και υλικά διδασκαλίας</t>
   </si>
   <si>
     <t xml:space="preserve">ppt
  </t>
   </si>
   <si>
     <t xml:space="preserve">απογευματινές ώρες :                    6:00-8:00 μ.μ. </t>
   </si>
   <si>
+    <t>Προβλήματα και προϋποθέσεις  Σχολικής Ένταξης-Μοντέλα Σχολικής Ένταξης-Παράγοντες Διαμόρφωσης της Σχολικής Ένταξης-</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Γούπος Θεόδωρος: thgoupos@sch.gr </t>
+  </si>
+  <si>
+    <t xml:space="preserve">απογευματινές ώρες :                    6:00-8:00 μ.μ.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ερωτήματα -Θέματα προβληματισμού και κατάθεση απόψεων -  συζήτηση πάνω σε αυτά (1. Ποια  μοντέλα ένταξης των μαθητών με ειδικές εκπαιδευτικές ανάγκες  εφαρμόζονται στην Ελλάδα;
+2.  Πώς αποτυπώνεται η εκπαιδευτική πολιτική κάθε μοντέλου ένταξης των μαθητών με ειδικές εκπαιδευτικές ανάγκες;
+Περιγράψτε   αδρομερώς τα μοντέλα ένταξης των μαθητών με ειδικές εκπαιδευτικές ανάγκες, που εφαρμόζονται στην Ελλάδα σε ένα κείμενο 200-300 λέξεων) 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Οργάνωση υποδομών και διαμόρφωση περιβάλλοντος  εκπαίδευσης και μάθησης </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Γούπος Θεόδωρος: thgoupos@sch.gr  </t>
+  </si>
+  <si>
+    <t>Στάσεις, Στερεότυπα και Προκαταλήψεις για τη διαφορετικότητα και την ένταξη των μαθητών με εεα/αναπηρίες</t>
+  </si>
+  <si>
+    <t>Ppt και υλικό που έχει αναρτηθεί στο e-class</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ερωτήματα -Θέματα προβληματισμού και κατάθεση απόψεων -  συζήτηση πάνω σε αυτά (3. Ο θεσμός της παράλληλης στήριξης ,που εφαρμόζεται στη χώρα μας σε ποια μορφή συνδιδασκαλίας προσιδιάζει;
+Περιγράψτε   σε αδρομερείςς γραμμές το θεσμό της παράλληλης στήριξης  και τεκμηριώστε   σε ποια μορφή συνδιδασκαλίας προσιδιάζει  η εφαρμογή του στην Ελλάδα σε ένα κείμενο 500 λέξεων.)
+</t>
+  </si>
+  <si>
+    <t>Παρουσίαση  εργασιών</t>
+  </si>
+  <si>
+    <t>Παρουσίαση εργασιών</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Κατσαντώνη Σπυριδούλα </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Παρουσίαση των εργασιών από τους μεταπτυχιακούς φοιτητές </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Έως 
+υποβολή τελικής εργασίας </t>
+  </si>
+  <si>
+    <t>Ανακεφαλαίωση -Αξιολόγηση -παρουσίαση των εργασιών των φοιτητών</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Μαντάς Παναγιώτης </t>
+  </si>
+  <si>
+    <t xml:space="preserve">31/10/2025
+ 17.30-19:45 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">31/10/2025
+ 17.30-19:45
+(Τηλεδιάσκεψη)  </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Δημιουργία ομάδων και ανάθεσης θεμάτων ατομικών-ομαδικών  εργασιών και  για τα δύο τμήματα και σχεδιασμός και αποστολή στο mail:panagiotisnmantas@gmail.com  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">7/11/2025
+ 17:30-19:45 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">7/11/2025
+ 17:30-19:45
+(Τηλεδιάσκεψη)  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">9/11/ 2025
+10.00-12.15 (Τηλεδιάσκεψη) 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9/11/ 2025
+10.00-12.15 (Τηλεδιάσκεψη) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">9/11/2025
+12:30-14:45
+(Τηλεδιάσκεψη)  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">16/11/2025
+12:30-14:45 (Τηλεδιάσκεψη)  </t>
+  </si>
+  <si>
     <r>
-      <rPr>
-[...7 lines deleted...]
- 10:00-12:15
+      <t xml:space="preserve">7/12/2025
+ 15.00-17.15
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="1"/>
       </rPr>
-      <t xml:space="preserve">(Τηλεδιάσκεψη)</t>
+      <t>(Τηλεδιάσκεψη)</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">11/01/2025
- 10:00-12:15
+    <t>7/12/2025
+ 15.00-17.15
 (Τηλεδιάσκεψη)</t>
   </si>
   <si>
-    <t xml:space="preserve">Προβλήματα και προϋποθέσεις  Σχολικής Ένταξης-Μοντέλα Σχολικής Ένταξης-Παράγοντες Διαμόρφωσης της Σχολικής Ένταξης-</t>
-[...15 lines deleted...]
- 10:00-12:15
+    <t xml:space="preserve">12/12/2025
+ 17.30-19.45
 (Τηλεδιάσκεψη) </t>
   </si>
   <si>
-    <t xml:space="preserve">12/01/2025
- 10:00-12:15
+    <t>12/12/2025
+ 17.30-19.45
 (Τηλεδιάσκεψη)</t>
   </si>
   <si>
-    <t xml:space="preserve">Οργάνωση υποδομών και διαμόρφωση περιβάλλοντος  εκπαίδευσης και μάθησης </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">8/02/2025
+    <t>16/1/2026
+ 17.30-19.45</t>
+  </si>
+  <si>
+    <t>16/1/2026
+ 17.30-19.45
+(Τηλεδιάσκεψη)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24/01/2026
 10.00-12.15 </t>
   </si>
   <si>
-    <t xml:space="preserve">25/01/2025
+    <t xml:space="preserve">24/01/2026
+  12:30-14:45 
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">25/01/2026
+ 10.00-12.15 </t>
+  </si>
+  <si>
+    <t>25/01/2026
+   12:30-14:45</t>
+  </si>
+  <si>
+    <t>7/2/2026         10.00-12.15</t>
+  </si>
+  <si>
+    <t>7/2/2026  12:30-14:45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">08/02/2026
 10.00-12.15 </t>
   </si>
   <si>
-    <t xml:space="preserve">Στάσεις, Στερεότυπα και Προκαταλήψεις για τη διαφορετικότητα και την ένταξη των μαθητών με εεα/αναπηρίες</t>
-[...13 lines deleted...]
-    <t xml:space="preserve">8/02/2025
+    <t>08/02/2026
   12:30-14:45</t>
   </si>
   <si>
-    <t xml:space="preserve">26/01/2025 10.00-12.15 
-[...38 lines deleted...]
-    <t xml:space="preserve"> Μαντάς Παναγιώτης </t>
+    <t>Μαντάς Παναγιώτης:panagiotisnmantas@gmail.com-Μαντά Αικατερίνη:cathmanta@gmail.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...4 lines deleted...]
-  <fonts count="14">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <charset val="161"/>
-[...16 lines deleted...]
-      <family val="0"/>
       <charset val="161"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="161"/>
     </font>
     <font>
-      <b val="true"/>
+      <b/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="161"/>
     </font>
     <font>
-      <b val="true"/>
+      <b/>
       <sz val="9"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="161"/>
     </font>
     <font>
-      <b val="true"/>
+      <b/>
       <sz val="11"/>
       <color rgb="FF3F3F3F"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="161"/>
     </font>
     <font>
-      <b val="true"/>
+      <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="161"/>
     </font>
     <font>
-      <b val="true"/>
+      <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="161"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="161"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="161"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
-      <b val="true"/>
+      <b/>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="161"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF006666"/>
         <bgColor rgb="FF008080"/>
       </patternFill>
@@ -500,268 +480,228 @@
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FFFFFF00"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFF2F2F2"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2DCDB"/>
         <bgColor rgb="FFF2F2F2"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor rgb="FF993300"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="6">
-    <border diagonalUp="false" diagonalDown="false">
+    <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border diagonalUp="false" diagonalDown="false">
+    <border>
       <left style="thin">
         <color rgb="FF3F3F3F"/>
       </left>
       <right style="thin">
         <color rgb="FF3F3F3F"/>
       </right>
       <top style="thin">
         <color rgb="FF3F3F3F"/>
       </top>
       <bottom style="thin">
         <color rgb="FF3F3F3F"/>
       </bottom>
       <diagonal/>
     </border>
-    <border diagonalUp="false" diagonalDown="false">
-[...3 lines deleted...]
-      <bottom style="thin"/>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
       <diagonal/>
     </border>
-    <border diagonalUp="false" diagonalDown="false">
-      <left style="thin"/>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
       <right/>
-      <top style="thin"/>
-      <bottom style="thin"/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
       <diagonal/>
     </border>
-    <border diagonalUp="false" diagonalDown="false">
+    <border>
       <left/>
-      <right style="thin"/>
-[...1 lines deleted...]
-      <bottom style="thin"/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
       <diagonal/>
     </border>
-    <border diagonalUp="false" diagonalDown="false">
+    <border>
       <left/>
-      <right style="thin"/>
-      <top style="thin"/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="21">
-[...25 lines deleted...]
-    </xf>
+  <cellStyleXfs count="2">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
-[...127 lines deleted...]
-    </xf>
+  <cellXfs count="33">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="10" fillId="7" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="10" fillId="7" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="7">
-[...6 lines deleted...]
-    <cellStyle name="Excel Built-in Output" xfId="20"/>
+  <cellStyles count="2">
+    <cellStyle name="Excel Built-in Output" xfId="1" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="Κανονικό" xfId="0" builtinId="0"/>
   </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008000"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF808000"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF006666"/>
       <rgbColor rgb="FFC0C0C0"/>
       <rgbColor rgb="FF808080"/>
       <rgbColor rgb="FF9999FF"/>
       <rgbColor rgb="FF993366"/>
       <rgbColor rgb="FFF2F2F2"/>
       <rgbColor rgb="FFCCFFFF"/>
       <rgbColor rgb="FF660066"/>
       <rgbColor rgb="FFFF8080"/>
       <rgbColor rgb="FF0066CC"/>
@@ -776,542 +716,879 @@
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FF00CCFF"/>
       <rgbColor rgb="FFCCFFFF"/>
       <rgbColor rgb="FFCCFFCC"/>
       <rgbColor rgb="FFFFFF99"/>
       <rgbColor rgb="FF99CCFF"/>
       <rgbColor rgb="FFFF99CC"/>
       <rgbColor rgb="FFCC99FF"/>
       <rgbColor rgb="FFF2DCDB"/>
       <rgbColor rgb="FF3366FF"/>
       <rgbColor rgb="FF33CCCC"/>
       <rgbColor rgb="FF99CC00"/>
       <rgbColor rgb="FFFFCC00"/>
       <rgbColor rgb="FFFF9900"/>
       <rgbColor rgb="FFFF6600"/>
       <rgbColor rgb="FF666699"/>
       <rgbColor rgb="FF969696"/>
       <rgbColor rgb="FF003366"/>
       <rgbColor rgb="FF339966"/>
       <rgbColor rgb="FF003300"/>
       <rgbColor rgb="FF333300"/>
       <rgbColor rgb="FF993300"/>
       <rgbColor rgb="FF993366"/>
       <rgbColor rgb="FF333399"/>
       <rgbColor rgb="FF3F3F3F"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-</Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-</Relationships>
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Θέμα του Office">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="0E2841"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E8E8E8"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="156082"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="E97132"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="196B24"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="0F9ED5"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="A02B93"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="4EA72E"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="467886"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="96607D"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Klolitsas@yahoo.gr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:skatsantoni@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panagiotisnmantas@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:skatsantoni@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...2 lines deleted...]
-  </sheetPr>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:L15"/>
   <sheetViews>
-    <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="75" zoomScaleNormal="75" zoomScalePageLayoutView="100" workbookViewId="0">
-      <selection pane="topLeft" activeCell="O13" activeCellId="0" sqref="O13"/>
+    <sheetView tabSelected="1" topLeftCell="A11" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+      <selection activeCell="G12" sqref="G12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.15625" defaultRowHeight="15" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="0" width="16.42"/>
-[...9 lines deleted...]
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="12" min="12" style="0" width="23.71"/>
+    <col min="1" max="1" width="16.44140625" customWidth="1"/>
+    <col min="2" max="2" width="14.44140625" style="4" customWidth="1"/>
+    <col min="3" max="4" width="15.6640625" style="4" customWidth="1"/>
+    <col min="5" max="5" width="41.6640625" style="4" customWidth="1"/>
+    <col min="6" max="6" width="18.88671875" style="4" customWidth="1"/>
+    <col min="7" max="7" width="34.109375" style="5" customWidth="1"/>
+    <col min="8" max="8" width="17.109375" style="5" customWidth="1"/>
+    <col min="9" max="9" width="20.6640625" style="4" customWidth="1"/>
+    <col min="10" max="10" width="29.33203125" style="6" customWidth="1"/>
+    <col min="11" max="11" width="19" style="4" customWidth="1"/>
+    <col min="12" max="12" width="23.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" customFormat="false" ht="29.25" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="A1" s="4" t="s">
+    <row r="1" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="4"/>
-[...9 lines deleted...]
-      <c r="L1" s="4"/>
+      <c r="B1" s="3"/>
+      <c r="C1" s="3"/>
+      <c r="D1" s="3"/>
+      <c r="E1" s="3"/>
+      <c r="F1" s="3"/>
+      <c r="G1" s="3"/>
+      <c r="H1" s="3"/>
+      <c r="I1" s="3"/>
+      <c r="J1" s="3"/>
+      <c r="K1" s="3"/>
+      <c r="L1" s="3"/>
     </row>
-    <row r="2" s="11" customFormat="true" ht="63" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="A2" s="5" t="s">
+    <row r="2" spans="1:12" s="13" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="6" t="s">
+      <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="7" t="s">
+      <c r="C2" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="7" t="s">
+      <c r="D2" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="8" t="s">
+      <c r="E2" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="9" t="s">
+      <c r="F2" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="8" t="s">
+      <c r="G2" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="8" t="s">
+      <c r="H2" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="8" t="s">
+      <c r="I2" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="8" t="s">
+      <c r="J2" s="10" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="10" t="s">
+      <c r="K2" s="12" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="10" t="s">
+      <c r="L2" s="12" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="3" customFormat="false" ht="151.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="A3" s="5" t="s">
+    <row r="3" spans="1:12" ht="151.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B3" s="12" t="n">
+      <c r="B3" s="14">
         <v>1</v>
       </c>
-      <c r="C3" s="13" t="s">
+      <c r="C3" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="D3" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="E3" s="16" t="s">
         <v>14</v>
       </c>
-      <c r="D3" s="13" t="s">
+      <c r="F3" s="17" t="s">
         <v>15</v>
       </c>
-      <c r="E3" s="14" t="s">
+      <c r="G3" s="18" t="s">
         <v>16</v>
       </c>
-      <c r="F3" s="15" t="s">
+      <c r="H3" s="19" t="s">
         <v>17</v>
       </c>
-      <c r="G3" s="16" t="s">
+      <c r="I3" s="16" t="s">
         <v>18</v>
       </c>
-      <c r="H3" s="17" t="s">
+      <c r="J3" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="K3" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="I3" s="14" t="s">
+      <c r="L3" s="16"/>
+    </row>
+    <row r="4" spans="1:12" ht="97.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="2"/>
+      <c r="B4" s="14">
+        <v>2</v>
+      </c>
+      <c r="C4" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D4" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="E4" s="16" t="s">
         <v>20</v>
       </c>
-      <c r="J3" s="18" t="s">
+      <c r="F4" s="22" t="s">
         <v>21</v>
       </c>
-      <c r="K3" s="19" t="s">
+      <c r="G4" s="18" t="s">
         <v>22</v>
       </c>
-      <c r="L3" s="14"/>
+      <c r="H4" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="I4" s="16"/>
+      <c r="J4" s="20"/>
+      <c r="K4" s="21"/>
+      <c r="L4" s="16"/>
     </row>
-    <row r="4" customFormat="false" ht="97.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-[...4 lines deleted...]
-      <c r="C4" s="13" t="s">
+    <row r="5" spans="1:12" ht="97.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="2"/>
+      <c r="B5" s="14">
+        <v>3</v>
+      </c>
+      <c r="C5" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="D5" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="E5" s="16" t="s">
         <v>23</v>
       </c>
-      <c r="D4" s="13" t="s">
+      <c r="F5" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="E4" s="14" t="s">
+      <c r="G5" s="18" t="s">
         <v>25</v>
       </c>
-      <c r="F4" s="20" t="s">
+      <c r="H5" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="I5" s="16"/>
+      <c r="J5" s="23"/>
+      <c r="K5" s="21"/>
+      <c r="L5" s="16"/>
+    </row>
+    <row r="6" spans="1:12" ht="97.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="2"/>
+      <c r="B6" s="14">
+        <v>4</v>
+      </c>
+      <c r="C6" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" s="16" t="s">
         <v>26</v>
       </c>
-      <c r="G4" s="16" t="s">
+      <c r="F6" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="G6" s="24" t="s">
         <v>27</v>
       </c>
-      <c r="H4" s="17" t="s">
+      <c r="H6" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="I6" s="25"/>
+      <c r="J6" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="K6" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="I4" s="14"/>
-[...2 lines deleted...]
-      <c r="L4" s="14"/>
+      <c r="L6" s="16"/>
     </row>
-    <row r="5" customFormat="false" ht="97.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-[...7 lines deleted...]
-      <c r="D5" s="13" t="s">
+    <row r="7" spans="1:12" ht="97.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="2"/>
+      <c r="B7" s="14">
+        <v>5</v>
+      </c>
+      <c r="C7" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" s="16" t="s">
         <v>29</v>
       </c>
-      <c r="E5" s="14" t="s">
+      <c r="F7" s="17" t="s">
         <v>30</v>
       </c>
-      <c r="F5" s="15" t="s">
+      <c r="G7" s="18" t="s">
         <v>31</v>
       </c>
-      <c r="G5" s="16" t="s">
+      <c r="H7" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="I7" s="16"/>
+      <c r="J7" s="23"/>
+      <c r="K7" s="21"/>
+      <c r="L7" s="16"/>
+    </row>
+    <row r="8" spans="1:12" ht="97.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="2"/>
+      <c r="B8" s="14">
+        <v>6</v>
+      </c>
+      <c r="C8" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D8" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" s="16" t="s">
         <v>32</v>
       </c>
-      <c r="H5" s="17" t="s">
+      <c r="F8" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H8" s="24" t="s">
+        <v>34</v>
+      </c>
+      <c r="I8" s="16"/>
+      <c r="J8" s="23"/>
+      <c r="K8" s="21"/>
+      <c r="L8" s="16"/>
+    </row>
+    <row r="9" spans="1:12" ht="129.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="2"/>
+      <c r="B9" s="14">
+        <v>7</v>
+      </c>
+      <c r="C9" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="E9" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F9" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="G9" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="H9" s="24" t="s">
+        <v>37</v>
+      </c>
+      <c r="I9" s="16"/>
+      <c r="J9" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="K9" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="I5" s="14"/>
-[...2 lines deleted...]
-      <c r="L5" s="14"/>
+      <c r="L9" s="16"/>
     </row>
-    <row r="6" customFormat="false" ht="97.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-[...7 lines deleted...]
-      <c r="D6" s="13" t="s">
+    <row r="10" spans="1:12" ht="67.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="2"/>
+      <c r="B10" s="14">
+        <v>8</v>
+      </c>
+      <c r="C10" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="D10" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="E10" s="16" t="s">
+        <v>39</v>
+      </c>
+      <c r="F10" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="G10" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="H10" s="18" t="s">
         <v>34</v>
       </c>
-      <c r="E6" s="14" t="s">
-[...8 lines deleted...]
-      <c r="H6" s="17" t="s">
+      <c r="I10" s="16"/>
+      <c r="J10" s="23"/>
+      <c r="K10" s="21"/>
+      <c r="L10" s="16"/>
+    </row>
+    <row r="11" spans="1:12" ht="135.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="2"/>
+      <c r="B11" s="14">
+        <v>9</v>
+      </c>
+      <c r="C11" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D11" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="E11" s="16" t="s">
+        <v>41</v>
+      </c>
+      <c r="F11" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="G11" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="H11" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="I11" s="27"/>
+      <c r="J11" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="K11" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="I6" s="23"/>
-[...3 lines deleted...]
-      <c r="K6" s="19" t="s">
+      <c r="L11" s="16"/>
+    </row>
+    <row r="12" spans="1:12" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A12" s="2"/>
+      <c r="B12" s="14">
+        <v>10</v>
+      </c>
+      <c r="C12" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D12" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="E12" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" s="18" t="s">
         <v>22</v>
       </c>
-      <c r="L6" s="14"/>
+      <c r="H12" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="I12" s="16"/>
+      <c r="J12" s="16"/>
+      <c r="K12" s="27"/>
+      <c r="L12" s="16"/>
     </row>
-    <row r="7" customFormat="false" ht="97.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-[...19 lines deleted...]
-      <c r="H7" s="17" t="s">
+    <row r="13" spans="1:12" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A13" s="2"/>
+      <c r="B13" s="14">
+        <v>11</v>
+      </c>
+      <c r="C13" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D13" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="E13" s="16" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" s="22"/>
+      <c r="G13" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="H13" s="24"/>
+      <c r="I13" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="J13" s="28" t="s">
+        <v>48</v>
+      </c>
+      <c r="K13" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="I7" s="14"/>
-[...2 lines deleted...]
-      <c r="L7" s="14"/>
+      <c r="L13" s="16"/>
     </row>
-    <row r="8" customFormat="false" ht="97.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-[...25 lines deleted...]
-      <c r="L8" s="14"/>
+    <row r="14" spans="1:12" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A14" s="2"/>
+      <c r="B14" s="14">
+        <v>12</v>
+      </c>
+      <c r="C14" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="D14" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="E14" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="F14" s="22"/>
+      <c r="G14" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="H14" s="24"/>
+      <c r="I14" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="J14" s="28" t="s">
+        <v>48</v>
+      </c>
+      <c r="K14" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="L14" s="16"/>
     </row>
-    <row r="9" customFormat="false" ht="129.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-[...191 lines deleted...]
-      <c r="L15" s="31"/>
+    <row r="15" spans="1:12" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="2"/>
+      <c r="B15" s="29"/>
+      <c r="C15" s="30"/>
+      <c r="D15" s="30"/>
+      <c r="E15" s="1"/>
+      <c r="F15" s="1"/>
+      <c r="G15" s="1"/>
+      <c r="H15" s="1"/>
+      <c r="I15" s="1"/>
+      <c r="J15" s="31"/>
+      <c r="K15" s="32"/>
+      <c r="L15" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A3:A15"/>
     <mergeCell ref="E15:I15"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="G3" r:id="rId1" display="Μαντάς Παναγιώτης:panagiotisnmantas@gmail.com"/>
-[...2 lines deleted...]
-    <hyperlink ref="G12" r:id="rId4" display="Κατσαντώνη Σπυριδούλα :skatsantoni@gmail.com"/>
+    <hyperlink ref="G3" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="G4" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="G6" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="G12" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
   </hyperlinks>
-  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
-  <pageSetup paperSize="9" scale="100" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" blackAndWhite="false" draft="false" cellComments="none" horizontalDpi="300" verticalDpi="300" copies="1"/>
-[...3 lines deleted...]
-  </headerFooter>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Application>LibreOffice/7.3.3.2$Windows_X86_64 LibreOffice_project/d1d0ea68f081ee2800a922cac8f79445e4603348</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Φύλλα εργασίας</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Φύλλο1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>MANTAS PANAGIOTIS</dc:creator>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>ΖΩΗ ΚΑΡΑΜΠΑΤΖΑΚΗ</dc:creator>
-  <dc:description/>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>el-GR</dc:language>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-[...3 lines deleted...]
-  <dc:title/>
 </cp:coreProperties>
 </file>
-
-[...2 lines deleted...]
-</file>