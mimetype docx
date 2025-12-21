--- v0 (2025-10-19)
+++ v1 (2025-12-21)
@@ -3,71 +3,79 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5DFEA517" w14:textId="678A9271" w:rsidR="00F1026F" w:rsidRDefault="00373813">
+    <w:p w14:paraId="5DFEA517" w14:textId="43B7BC67" w:rsidR="00F1026F" w:rsidRDefault="00373813">
       <w:pPr>
         <w:pStyle w:val="Bodytext30"/>
         <w:spacing w:after="220"/>
       </w:pPr>
       <w:r w:rsidRPr="004433F2">
         <w:rPr>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>Instruments and</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00AB4392">
+        <w:rPr>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>Ε</w:t>
+      </w:r>
       <w:r w:rsidRPr="004433F2">
         <w:rPr>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>equipment</w:t>
+        <w:t>quipment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D1058B2" w14:textId="0936580D" w:rsidR="00F1026F" w:rsidRDefault="00373813">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Match each of the following instruments and items of equipment with its correct description below. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B3DC0C1" w14:textId="180F286A" w:rsidR="009C2C51" w:rsidRDefault="00AF0DC5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -765,58 +773,58 @@
     </w:p>
     <w:p w14:paraId="51A6F5EA" w14:textId="77777777" w:rsidR="00F1026F" w:rsidRDefault="00373813">
       <w:pPr>
         <w:pStyle w:val="Bodytext20"/>
         <w:spacing w:after="220"/>
       </w:pPr>
       <w:r>
         <w:t>© Peter Collin Publishing Ltd</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F1026F">
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="630" w:right="1176" w:bottom="300" w:left="1647" w:header="202" w:footer="3" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="157A617B" w14:textId="77777777" w:rsidR="006050CC" w:rsidRDefault="006050CC">
+    <w:p w14:paraId="75A65602" w14:textId="77777777" w:rsidR="002C381B" w:rsidRDefault="002C381B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2AD0D1AE" w14:textId="77777777" w:rsidR="006050CC" w:rsidRDefault="006050CC">
+    <w:p w14:paraId="406D124F" w14:textId="77777777" w:rsidR="002C381B" w:rsidRDefault="002C381B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="A1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Unifont">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
@@ -832,54 +840,54 @@
     <w:charset w:val="A1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74B8453B" w14:textId="77777777" w:rsidR="006050CC" w:rsidRDefault="006050CC"/>
+    <w:p w14:paraId="249B70F6" w14:textId="77777777" w:rsidR="002C381B" w:rsidRDefault="002C381B"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5702D08D" w14:textId="77777777" w:rsidR="006050CC" w:rsidRDefault="006050CC"/>
+    <w:p w14:paraId="6968B7B2" w14:textId="77777777" w:rsidR="002C381B" w:rsidRDefault="002C381B"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="255C70CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E87A117C"/>
     <w:lvl w:ilvl="0" w:tplc="0408000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04080019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1033,54 +1041,57 @@
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F1026F"/>
     <w:rsid w:val="000A56E3"/>
+    <w:rsid w:val="002C381B"/>
     <w:rsid w:val="00373813"/>
     <w:rsid w:val="004433F2"/>
     <w:rsid w:val="006050CC"/>
+    <w:rsid w:val="00833CAB"/>
     <w:rsid w:val="009C2C51"/>
+    <w:rsid w:val="00AB4392"/>
     <w:rsid w:val="00AF0DC5"/>
     <w:rsid w:val="00F1026F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="el-GR" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -1904,73 +1915,73 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>325</Words>
-  <Characters>1482</Characters>
+  <Words>329</Words>
+  <Characters>1505</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>36</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Τίτλος</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1865</CharactersWithSpaces>
+  <CharactersWithSpaces>1804</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>EMBER-USER</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>56fef9ad-6c53-46a2-9c27-0f6835622916</vt:lpwstr>
   </property>
 </Properties>
 </file>