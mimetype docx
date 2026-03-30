--- v0 (2026-02-03)
+++ v1 (2026-03-30)
@@ -49,129 +49,134 @@
       </w:pPr>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07684DF0" w14:textId="77777777" w:rsidR="004D2E5E" w:rsidRPr="00C00AEC" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="21"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>Άσκηση 1 – Αποτελεσματική βροχή &amp; υδρογράφημα απορροής</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4782962D" w14:textId="139E7B55" w:rsidR="004D2E5E" w:rsidRPr="00C00AEC" w:rsidRDefault="00000000">
-      <w:pPr>
+    <w:p w14:paraId="4782962D" w14:textId="0C0D93D4" w:rsidR="004D2E5E" w:rsidRPr="00C00AEC" w:rsidRDefault="00000000" w:rsidP="00D901DA">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Δίνεται υδρολογική λεκάνη Α (κυκλικού σχήματος) με εμβαδόν </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C00AEC">
+        <w:t xml:space="preserve">Δίνεται υδρολογική λεκάνη Α (κυκλικού σχήματος) </w:t>
+      </w:r>
+      <w:r w:rsidR="00D901DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-        </w:rPr>
-        <w:t>A</w:t>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> = 0,364 </w:t>
+        <w:t xml:space="preserve"> και χρονικό βήμα υπολογισμών Δ</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t>km</w:t>
+        <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>² και χρονικό βήμα υπολογισμών Δ</w:t>
+        <w:t xml:space="preserve"> = 1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t>t</w:t>
+        <w:t>h</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> = 1 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C00AEC">
+        <w:t xml:space="preserve">. Η αποστράγγιση προς την </w:t>
+      </w:r>
+      <w:r w:rsidR="00D901DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-        </w:rPr>
-        <w:t>h</w:t>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">τελική </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>. Η αποστράγγιση προς την έξοδο Γ γίνεται μέσω ενδιάμεσου κόμβου Β (διαδρομή Α→Β→Γ)</w:t>
+        <w:t>έξοδο Γ γίνεται μέσω ενδιάμεσου κόμβου Β (διαδρομή Α→Β→Γ)</w:t>
       </w:r>
       <w:r w:rsidR="004000CB" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ως εναλλακτική στο δρομολόγιο ΑΓ. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004000CB" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004000CB" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="004000CB" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve">= 22.3 </w:t>
       </w:r>
       <w:r w:rsidR="004000CB" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>mm</w:t>
       </w:r>
       <w:r w:rsidR="004000CB" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
@@ -198,99 +203,100 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>ΜΥΓ ,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00694043" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 ώρας  (ενεργούς βροχής) στην έξοδο της υδρολογικής λεκάνης. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D6CA0DC" w14:textId="5A970FEF" w:rsidR="00FF13F2" w:rsidRPr="00C00AEC" w:rsidRDefault="004000CB" w:rsidP="00E32C45">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="34A14661" wp14:editId="66D7CAFB">
             <wp:extent cx="1713231" cy="3109825"/>
             <wp:effectExtent l="6667" t="0" r="7938" b="7937"/>
             <wp:docPr id="644270032" name="Εικόνα 1" descr="Εικόνα που περιέχει γραφικός χαρακτήρας, κείμενο, σκίτσο/σχέδιο, ζωγραφιά&#10;&#10;Περιγραφή που δημιουργήθηκε αυτόματα"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="644270032" name="Εικόνα 1" descr="Εικόνα που περιέχει γραφικός χαρακτήρας, κείμενο, σκίτσο/σχέδιο, ζωγραφιά&#10;&#10;Περιγραφή που δημιουργήθηκε αυτόματα"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm rot="5400000">
                       <a:off x="0" y="0"/>
                       <a:ext cx="1716664" cy="3116056"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="afa"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1668"/>
         <w:gridCol w:w="1984"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E32C45" w:rsidRPr="00C00AEC" w14:paraId="7A6A1E67" w14:textId="77777777">
+      <w:tr w:rsidR="00E32C45" w:rsidRPr="00D901DA" w14:paraId="7A6A1E67" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2977F7CC" w14:textId="2EBB3616" w:rsidR="00E32C45" w:rsidRPr="00C00AEC" w:rsidRDefault="00E32C45" w:rsidP="00FF13F2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C00AEC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>MY</w:t>
             </w:r>
             <w:r w:rsidRPr="00C00AEC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <w:t>Γ για 1 ώρα (ενεργούς) βροχής</w:t>
@@ -759,119 +765,145 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="77C819B5" w14:textId="514FA0A4" w:rsidR="004D2E5E" w:rsidRPr="00C00AEC" w:rsidRDefault="00694043">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>διόδευση</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="528F1B08" w14:textId="3AF2D16D" w:rsidR="004D2E5E" w:rsidRPr="00C00AEC" w:rsidRDefault="00000000">
+    <w:p w14:paraId="528F1B08" w14:textId="3B38AE1D" w:rsidR="004D2E5E" w:rsidRPr="00C00AEC" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="a0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>K_AB</w:t>
       </w:r>
       <w:r w:rsidR="00FF13F2" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>Γ</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">= </w:t>
       </w:r>
       <w:r w:rsidR="00FF13F2" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t>2,2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C00AEC">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D901DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF13F2" w:rsidRPr="00C00AEC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00AEC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> h</w:t>
       </w:r>
       <w:r w:rsidR="004000CB" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>, x = 0.21</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="570CD97F" w14:textId="793287D5" w:rsidR="004D2E5E" w:rsidRPr="00C00AEC" w:rsidRDefault="00000000">
+    <w:p w14:paraId="570CD97F" w14:textId="25B793D4" w:rsidR="004D2E5E" w:rsidRPr="00C00AEC" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="a0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>K_</w:t>
       </w:r>
       <w:r w:rsidR="00FF13F2" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t>Γ = 1,5 h</w:t>
+        <w:t>Γ = 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D901DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00AEC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>5 h</w:t>
       </w:r>
       <w:r w:rsidR="00FF13F2" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, x = 0.21, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2300C3F1" w14:textId="45EF2A49" w:rsidR="004D2E5E" w:rsidRPr="00C00AEC" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="a0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve">Συνολικός χρόνος συγκέντρωσης </w:t>
       </w:r>
       <w:r w:rsidR="009C19FA" w:rsidRPr="00C00AEC">
         <w:rPr>
@@ -884,110 +916,186 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 2,4 </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F69B01E" w14:textId="2B27E9D4" w:rsidR="004D2E5E" w:rsidRPr="00C00AEC" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6F69B01E" w14:textId="3C64F6B0" w:rsidR="004D2E5E" w:rsidRPr="00C00AEC" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Στη λεκάνη εκδηλώνεται καταιγίδα διάρκειας 4 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C00AEC">
+        <w:t xml:space="preserve">Στη λεκάνη εκδηλώνεται καταιγίδα διάρκειας </w:t>
+      </w:r>
+      <w:r w:rsidR="00D901DA" w:rsidRPr="00D901DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D901DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D901DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> με υετόγραμμα βηματικής μορφής (βήματα 1 </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> με </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>υετόγραμμα</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C00AEC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C00AEC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>βηματικής</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C00AEC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> μορφής (βήματα 1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00AEC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve">), όπως δίνεται στο σχήμα/πίνακα της άσκησης. Οι </w:t>
       </w:r>
       <w:r w:rsidR="00FF13F2" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve">συνολικές </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve">απώλειες </w:t>
       </w:r>
       <w:r w:rsidR="00FF13F2" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>είναι 40% του ολικού ύψους βροχής.</w:t>
+        <w:t>είναι 40% του ολικού ύψους βροχής</w:t>
+      </w:r>
+      <w:r w:rsidR="004F058B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (σε </w:t>
+      </w:r>
+      <w:r w:rsidR="004F058B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>mm</w:t>
+      </w:r>
+      <w:r w:rsidR="004F058B" w:rsidRPr="00EC0FE9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF13F2" w:rsidRPr="00C00AEC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4496583F" w14:textId="77777777" w:rsidR="004D2E5E" w:rsidRPr="00C00AEC" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>Ζητούνται:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="497CE261" w14:textId="7035B663" w:rsidR="00FF13F2" w:rsidRPr="00C00AEC" w:rsidRDefault="00FF13F2" w:rsidP="009C19FA">
       <w:pPr>
         <w:pStyle w:val="a"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
@@ -1068,128 +1176,128 @@
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="004000CB" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="004000CB" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="004000CB" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="271081CA" w14:textId="67BD2BEA" w:rsidR="004D2E5E" w:rsidRPr="00C00AEC" w:rsidRDefault="00B15989">
+    <w:p w14:paraId="271081CA" w14:textId="67BD2BEA" w:rsidR="004D2E5E" w:rsidRPr="00C00AEC" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="a"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C00AEC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="61A0C163">
           <v:shape id="Ελεύθερη σχεδίαση: Σχήμα 3" o:spid="_x0000_s1036" style="position:absolute;left:0;text-align:left;margin-left:-221.75pt;margin-top:9.5pt;width:68.1pt;height:54.25pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="865175,689438" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAz0mPiswMAAIoJAAAOAAAAZHJzL2Uyb0RvYy54bWysVttu4zYQfS/QfyD0WCDRxboacRZpFikK&#10;BLtBk2K3jzRFxQIkUiXpS/bre0haspIG8G7RF5n0zJnhnBnO8OrDoe/IjivdSrEK4ssoIFwwWbfi&#10;eRX8+XR3UQZEGypq2knBV8EL18GH659/utoPS57IjexqrgiMCL3cD6tgY8ywDEPNNryn+lIOXEDY&#10;SNVTg616DmtF97Ded2ESRXm4l6oelGRca/z70QuDa2e/aTgzn5tGc0O6VYCzGfdV7ru23/D6ii6f&#10;FR02LTseg/6HU/S0FXA6mfpIDSVb1f7LVN8yJbVszCWTfSibpmXcxYBo4uhNNI8bOnAXC8jRw0ST&#10;/v/Msk+7x+FBgYb9oJcaSxvFoVG9/cX5yMGR9TKRxQ+GMPxZ5mlZgFIGUV6WVZFZMsMTmG21+Y1L&#10;Z4ju7rXxXNdYOaZqImiPkmBSCN0a/hXGmr4D/b+EJI6LRUb2pMyz2FsGt28Rf80REdmQvKzSRXlM&#10;6lvtr/HMfhkt4vP254g8LYrovJNk5iSPF8V3eJlDsjIv0vNeFjMvnqKzXM0hSZEuktdekLjnMTV0&#10;M2aLHcQxXVgRai915Op8kNpWxjx3qINxi8T4WgDK5voMGDTPwfEPgcHeHJz8EBikzMGLORiMnMJX&#10;6CS2h3Suh5iAoIeogKCHrC2GLgdqLGvjkuztDXG1Szb2grjCtNJe7viTdHrGUugq3R1jJO2kwbbr&#10;lv3Kv831L9I4Rd3j2MhilblbB/fO1gVaYpw5YZZWVXzsb17oSt7JfCmPsb7y8Z7HuIzy1FstUth9&#10;ZTUtkyryQjSECh3B0+HO4y+AP48r7O/2WaRplhwjSdLsbSRpmXkOFlWVIuKZz5F1TxDK/B2fSK3N&#10;l2tXU+JsvmctS8i7tutgODx1RrcyLx236evEH7whbW1z6O6EG1r8tlNkR1EqlDEuzFjMTtvCGlid&#10;gIvzwKO+hXI30CZwch48IZxnKcwE7lsh1XsGuunIjdcfGfBxWwrWsn55UERJP071wO5apc091eaB&#10;KjRw5AZvAvMZn6aTuAqoebcKyEaqb+/9b/Ux1iANyB7zeBXov7dU8YB0vwsMvCpObdkbt0mzAnkl&#10;ai5ZzyVi299K5ACdBadzS6tvunHZKNl/wdPhxnqFiAoG3+hgBrfab24N9hDh8cH4zY1bY2ijXu7F&#10;48DGrA+I/OnwhaqB2OUqMJiQn+Q4u+lynH226CZdmw8hb7ZGNq0djK7IPK/HDQY+Vq9eFPO90zo9&#10;oa7/AQAA//8DAFBLAwQUAAYACAAAACEADAYWpuMAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMBBE70j8g7VI3FKHOKVtiFMhJBBRD4i2Elc3NknUeB1it034epYTHHfmaXYmX4+2Y2cz+Nah&#10;hLtZDMxg5XSLtYT97jlaAvNBoVadQyNhMh7WxfVVrjLtLvhuzttQMwpBnykJTQh9xrmvGmOVn7ne&#10;IHmfbrAq0DnUXA/qQuG240kc33OrWqQPjerNU2Oq4/ZkJYhN+f3ytSrr1yldlm8i6aePYynl7c34&#10;+AAsmDH8wfBbn6pDQZ0O7oTas05ClKZiTiw5KxpFRCTihQB2ICVZzIEXOf8/ovgBAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAM9Jj4rMDAACKCQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEADAYWpuMAAAAMAQAADwAAAAAAAAAAAAAAAAANBgAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAB0HAAAAAA==&#10;" path="m11735,c-4140,274955,-20015,549910,80315,647700v100330,97790,402590,1270,533400,-60960c744525,524510,804850,399415,865175,274320e" filled="f" strokecolor="#4579b8 [3044]">
             <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
             <v:path arrowok="t" o:connecttype="custom" o:connectlocs="11731,0;80287,647265;613499,586346;864870,274136" o:connectangles="0,0,0,0"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="00000000" w:rsidRPr="00C00AEC">
+      <w:r w:rsidR="00B15989" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve">Να βρεθούν </w:t>
       </w:r>
-      <w:r w:rsidR="00000000" w:rsidRPr="00C00AEC">
+      <w:r w:rsidR="00B15989" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>Q</w:t>
       </w:r>
-      <w:r w:rsidR="00000000" w:rsidRPr="00C00AEC">
+      <w:r w:rsidR="00B15989" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="00000000" w:rsidRPr="00C00AEC">
+      <w:r w:rsidR="00B15989" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>max</w:t>
       </w:r>
-      <w:r w:rsidR="00000000" w:rsidRPr="00C00AEC">
+      <w:r w:rsidR="00B15989" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> και ο χρόνος εμφάνισής </w:t>
       </w:r>
       <w:r w:rsidR="004000CB" w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>της υλοποιώντας την υδρολογική διόδευση από τα δύο εναλλακτικά δρομολόγια.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="765E987C" w14:textId="458F4225" w:rsidR="004D2E5E" w:rsidRPr="00C00AEC" w:rsidRDefault="00B15989">
+    <w:p w14:paraId="765E987C" w14:textId="458F4225" w:rsidR="004D2E5E" w:rsidRPr="00C00AEC" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C00AEC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="693233BC">
           <v:group id="Ομάδα 10" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:-14.3pt;margin-top:10.4pt;width:283.7pt;height:128.3pt;z-index:251667456" coordsize="36029,16292" o:gfxdata="UEsDBBQABgAIAAAAIQCbMyc3DAEAAC0CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbISRsU7DMBRF&#10;dyT+wfKKEqcdEEJJOpAyAkLlAyz7JbHqPFt+JrR/j5O2C1AyeLD97rlHdrk5DJaNEMg4rPgqLzgD&#10;VE4b7Cr+sXvOHjijKFFL6xAqfgTim/r2ptwdPRBLaaSK9zH6RyFI9TBIyp0HTDetC4OMaRs64aXa&#10;yw7EuijuhXIYAWMWJwavywZa+Wkj2x7S8ckkgCXOnk6DU1fFpffWKBmTqRhR/2jJzg15Ss4z1BtP&#10;d0mDiz8bppvrBefca3qaYDSwNxniixyShtCBBKxd41T+P2OSHChzbWsU5E2g7Zy6OF1jG9yLtFYL&#10;9DQy2CWWdl8YYFxA/RJtUuwdxgtdzJ9dfwMAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAMhJ1w4MCgAAkzIAAA4AAABkcnMvZTJvRG9jLnhtbOxbS4/cxhG+B8h/&#10;IHgMYA2bzedAK0NZeQUDsixECmwduRzOzgAckiG5O7u+OUaSk3MJcs4h5zhwbMMK4kD/gPuX8lU/&#10;OM3Z8XK0FgxEGB1GJPtR3dVV9X3dXXv//ctVbl1kdbMsiyOb3XNsKyvScrYszo7s3744eS+yraZN&#10;ilmSl0V2ZF9ljf3+g1/+4v66mmZuuSjzWVZb6KRopuvqyF60bTWdTJp0ka2S5l5ZZQUK52W9Slq8&#10;1meTWZ2s0fsqn7iOE0zWZT2r6jLNmgZfH8lC+4Hofz7P0vbj+bzJWis/sjG2VvzW4veUficP7ifT&#10;szqpFstUDSO5wyhWybKA0L6rR0mbWOf18kZXq2Val005b++l5WpSzufLNBNzwGyYszWbx3V5Xom5&#10;nE3XZ1WvJqh2S0937jZ9evG4rp5Xz2poYl2dQRfijeZyOa9X9D9GaV0KlV31KssuWyvFRx44bhxD&#10;synKWODGLmNSqekCmr/RLl18MNJyogVPBsNZMy89r6dpWbRZ0T5L6larQxTcRSOr3LZO1x+VM9hl&#10;ct6WtuoR5rGl3h1mKJfuUZmerzAeaYt1lictHKFZLKvGturpcnZk1x/OGK2hHH9xcbyZwbO6/451&#10;eFZbVJ8FnPmB55BSi2SFsXV/uf68+/r6j91XltCtVsXTYV9YwMmIlH1WlPmxFzl6RTGUIBJuovuW&#10;feg3Yz3IfuDEzcZOmxuKfCM7fb5IqkyYfzM19IPRxTGLPEQWpZ+/dv/pvrv+snuF38+7763rL67/&#10;1H3Xfdv9E2r7ovt+anV/x5evuh+6ry2XzJNGii57u2+mDVxgh9Ez3w8dF9og83a4Ezi+NG/tACxi&#10;3A+UujhzAz+mCr0VJ9P0vGkfZ6VwpeTiSdOiGIFihif5oKYBVRbNss0+RWfzVY4w9KuJ5VhrS4tQ&#10;7baqvxxWX1ibQZCUrdqfMqNz5jDuBXuIMBu5ccgixxqT45pypI7Gp2I2cj0eeUM5UGqvtmShNZle&#10;FkqVeLISAh4HVpNMq7Kh+GPqFauoX6E3uU5oRbVHGkMFZmPhiBjPfo0xL7OxMEHdWP6vZlADsAiq&#10;EJkAVS1iCAIIotSRfSrNrkpamriYHh6tNcxSW+AC4VgaIBWvyovsRSkqIlQOwjdEbkrT89Nl+uvs&#10;M7Mu92HSyujdyA0VTlaio5AxIK+YkesHvjcoVCYlS4WlaC0PxOwSyhD3QuVqnIcRHoXFS6kUExEV&#10;VcdOxIelWgdQszScHWIxbVKfcM5ej6R+w0GL8mSZ50JuXpB23cgPhcsDjnSUEE/tVZ6RdvPiN9kc&#10;kRsqpjifTAV3yY7z2rpIsJRJmgIgtL2I2lRrDjF9Qz7eUNWnppngNX1jd7xx30JIBgD1jVfLoqx3&#10;dZD3Q57L+oQupAE5b3o8LWdXAK26lKyqqdKTZd20T5KG8BnxC6sFath+jJ95XkKZMEnxZFuLsv5s&#10;13eqD9RAqW2tQcuO7OZ350md2Vb+YQE8iZlHRtCKF0/aS22WnJolxfnquMQawHkxOvGIxnWb68d5&#10;Xa4+AYN8SFJRlBQpZCNItPA6+XLc4h1F4KBp9vCheAZ3gwE9KZ5XqV71CjN/cflJUlcWPcJ5gRBP&#10;S41hyVSHfrLCvi6tR1E+BPmYLwkXhIqlXtUL8PRnAlYPzhxxAf13wVWPPI7MYk9c5WGMuCJx1fMj&#10;bwtXQ9BhWmnilRgWDwLl0ZrDmF6rdWvgw03kozU0YVVJEL5+o/YNVN2MYQxVXYbREqjeLsDEVN+L&#10;ENuAqbdLMeHRi33ujEvZ0WRMCjf0JKcwOhezicsD1x3OBSb/7uH2KGOAUkzQ5xqRiG4Q6vS05S6g&#10;r90DmK9shkLJBtUlaEr/EkgJiZvSXfBLSO5LeOXc0e6owJc7EZOdeUFAWxPhNbJQ2rtoKe1YT3QU&#10;8d3Yj1W32PSwYbce8zTx9r2QDzmItH4hUz1S8CQoN8nM8E2O1g8R5dRUPO4OaUTAIz1PzuPQVTFJ&#10;ttQqJ4ohbHzHPDGEu1IMWr+mzJczIiDipT477VnEyYmDf0qiUQ0Cc7InAc1iC2OA9IGcHMiJ4HYb&#10;wvH/Sk5YGHk85FF8x12/8OS92Unk+7EKEi4IEb/BTSJEQclNQh/7VO2Yb4WbhA71LjBXiNmDoMhB&#10;gD9sRjPGUljou3tIMVmKxxjOXkalmJTD5xy8hqjQbVMxW3Df8QV9uH0qJuMYFzCsbaoJ8fNATd42&#10;NZHeAWqi1nAXNVEWQRRps9JYjQ1JyQvzSELaq0R8YYcKC3WtXVgPN1InBtzz2JBBRK7vKxrAQEIG&#10;jEZYrRAlrXEH0G9TDUWFPAZCQXNyIxZDtkGTcGgSSH4FYkNbH6NMttFRxJzKGxGKAws4HFG800cU&#10;oR96rotzwLsd/YsjhL1JAF0vEsrDm3HC726TgCDE0SCK6YAC+yU6N5F7kLdCAmTvQE4lZg8SIAdB&#10;B/P9aMZIAEbNCD1vF2JyAEUbxoSYiO45PB4XYrZgULy8Yrh1Jiaquz7zx4WYLcTVQt//gQe02cu3&#10;ywO0g4AHKIvcxQN0rW0v2vAAEw6xvRZ3EMBZXLtJpL15B+FzD5cHAoadCATehFph8qJMMQrptEMh&#10;wzcp8j3EHnXtwSgIDXuFQCkRw4q2DjLI/qVEYdcqTAxlDN+kRN6fVIShNyQMOI9RZIJHoY5MioOQ&#10;JwhxOiCZfR/4hH248jhceehci9DBCWQc+2FPKP6GDIJX3evum+s/d//t/t29tkJy2L1ZA/NdN1Sb&#10;gAgHmNv5Aq6Dr/rwALuSGM9D3kCHNZQvoI5q6HRYHOLoSw5yYVWFAurgxnLwARUPZ4PZXJ+Obi4u&#10;28vTS7WmhzvMd+oOE5geRDGuiI0dwvUfuldIDvqGkqiQAfQDXLr7V/cP5Ay9vv495Qp9CUf/FqlD&#10;yBTCh8hw9+NC5cXpm3+dm9YnxUFgFCu8jen+dOuo0A1xyQA4FulxPljDiLc3bZ0szxbtMZKB4Phl&#10;LXMKfsT3yb2TaZss8w+KmdVeVcgWa+slcmDyTEWVPSPAHkkEu1MXZKrNrTkPP566sEfCxB1SF9pL&#10;nW0xkrpAcZcC+893x85wN0xHoW7cA84bJa+J3LL9sQi8kW7ViAkzPLn6Qksnrw2s0/NoPzvEop98&#10;ya4koNcde9GXGFp/JQ/gFFfgSPBQ49jRYpi+JvwJ29fbhQy2r54Xip3l7VLMzajsfFSK2YS2lhsB&#10;7+TWEpP6aRfY2vSwO1SqIhPZ7PrkZkbZLi20ssxNDXNbo/eFm5PbiG1t/OShgvKFkIKyMEopRxif&#10;dhQyESVtKGP4plrGkKRbbm8L1T0x+Z/ImjNFagWgbJc0YnlvlKxG6jMuhvGyz/3xNno0bZbk7UJN&#10;f0/w2COM7waPQ96bzoc75L3pfEITk4HO4i8f8A1gIP9Kg/60wnwX9Td/S/LgfwAAAP//AwBQSwME&#10;FAAGAAgAAAAhABC1ALW/BQAAeRAAABAAAABkcnMvaW5rL2luazEueG1stFdLj9s2EL4X6H8g1EMv&#10;5pqk3ka8OXWBAi1QNCnQHh1bWRux5YWsfeTf95sHZbrrDXposYlEzeObmW+GlPzu/cthb5664bQ7&#10;9svM37jMdP36uNn198vsj493tsnMaVz1m9X+2HfL7Gt3yt7ffv/du13/5bBf4GqA0J9oddgvs+04&#10;Pizm8+fn55vn/OY43M+Dc/n85/7Lr79kt+q16T7v+t2IkKcoWh/7sXsZCWyx2yyz9fjiJntgfzg+&#10;DutuUpNkWJ8txmG17u6Ow2E1TojbVd93e9OvDsj7z8yMXx+w2CHOfTdk5rBDwTbc+KIump9aCFYv&#10;yyx5fkSKJ2RyyObXMf/6HzDvXmNSWnmoqzozmtKme6Kc5sz54u3afxuOD90w7rozzUKKKr6atTwz&#10;P0LU0J2O+0fqTWaeVvtHUOadw1hobD+/QshrPHDzn+KBlzfx0uQuqdHyUh6UtGmkYmvH3aHDoB8e&#10;phkbTwAm8Ydx4O0QXCitD9a3H3218MXCu5umqJJW6BRHzE/D42k74X0azvPKmok1qex5txm3E+nu&#10;xuXlxHrK+TXfbbe7347fdNbC2XuanSs7kcfJaCW/d5+X2Q+8GQ17ioBLyVtfmNCG0oSirMvZj47+&#10;ZpnLrM/czHrjjZt53N3M8drx+orCipV4OIM/uLOxii4cVc83sYqQ/1IjZkFvzuaUZ2UgQFjvbc2L&#10;tjCecg914OwpB1KUufElFjVik6fiePa/KCEnasgF11BhURY2b1igBcktb00g6KKyOd3xn4y8pYy0&#10;QokiItUXiE4GlaV0HFvburEoBVJfG14oN5q91KDtSMt6rZAoGssHQ0GC41gKJv1Mexutua60d6lR&#10;TIWNUoV611wJwlFVSoVUqrCkiCCqTzWVNrASJoAmnY3l8hO1ghY5WsOCCuS3BFzmNmcGwW9D3ZIy&#10;se9JWxS2pPi4lOyXw08WnDb6zL30zjAaVOzWSOdLAyYB0zrbsL6obU1TVLSmoGAeQ+ML5prxpC/a&#10;HZZgRC02HVKXjHAoNRQD6VLTI2dCLHkQqmQhD0q50iEgwKR0kDX+xZI1qiCoXUHDjEEIRkhScRJF&#10;A8f9y3ASPtaCu5IKJa3fvH7LUtAQ/2w0ic6oop5OE1KoiyQosf8hIsTJ5Qx/xUpTh+aMm1Sj3ZfZ&#10;Ud7ZVtYxXxVJ1ud4Cp4UGCVkSU64yfWKIsi0yE30cDmji6OiTGCk19IjJosK3lS6lfJ4RMbjLOgQ&#10;0wiSecqtxJGrQKqEYiJ9umKq+BAOlnaexYulIPGUNRbTxLCCfXFhCHlIJ91JgrJDYh0EMu0HcrRp&#10;XywOTtpVtiyxO7HASV3RnsB2zik5bZlmzRlxA+AYeOciaZICmazVjuOISBWJ+nIK0naytw5MKk/6&#10;hyiclVwpjgS4HFw2KiztWV8TsaiwNXRMKHkom6qzoZaDMMISYDzgQW18D6lXEhu1Q13itCUrwxHk&#10;ZQgJxzUcwPPNo9FyzjYYEum24eMWh1jLDQjogJdMxQcnjRyxJd7VTLXEEpL4qp3kdYH3Nb/CS3SG&#10;TzXOME61+CYFRMIQFRXU8bWBQ5hQAn3xcV6+bBW4qVkV+8NUSWf4Chzhgq6ol1IWjxqnPAltg/eB&#10;nNXELaaSbnihFERF2+g2sm1hKyYUrSOWA32mSL98Bf4aJlDaC86QqWM8xIA1IpRMl8M7pZbGlC0O&#10;cGbn4qtGuq6JEw9w15tUeblXLgyiuX7k4PXJ24XEummQ0xlPzgahSMJGCRkpp+wscpGgBYEAG3yV&#10;8VmBUrG9SxmwBF4g45Vz0EwEXk1JIfjQnq2wkkzPItVPxhRRPoPSXC/XEoow4nBFXNJMQd580IwJ&#10;IBpfFMEKltCFEhJ8EM8xSzn1K/kobDBXhKQOfLuAjUQzklgFkMtRckPHRoiNMZgxmQxPJwg90Oln&#10;/Ay7mr6cWmix72yV+/LiJ+r0owO/vW7/BgAA//8DAFBLAwQUAAYACAAAACEAQXtJy+EAAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBW7tJatsQsymlqKci2AribZqdJqHZ3ZDd&#10;Jum/dzzpbWbe48338s1kWjFQ7xtnFcTzCATZ0unGVgo+j6+zFIQPaDW2zpKCG3nYFPd3OWbajfaD&#10;hkOoBIdYn6GCOoQuk9KXNRn0c9eRZe3seoOB176SuseRw00rkyhaSYON5Q81drSrqbwcrkbB24jj&#10;dhG/DPvLeXf7Pi7fv/YxKfX4MG2fQQSawp8ZfvEZHQpmOrmr1V60CmZJumKrgiTiCmxYLlIeTnxY&#10;r59AFrn8X6H4AQAA//8DAFBLAwQUAAYACAAAACEAeRi8nb8AAAAhAQAAGQAAAGRycy9fcmVscy9l&#10;Mm9Eb2MueG1sLnJlbHOEz7FqxDAMBuC90Hcw2hslHcpR4mQ5DrKWFG41jpKYxLKxnNJ7+3rswcEN&#10;GoTQ90tt/+t39UNJXGANTVWDIrZhcrxo+B4vbydQkg1PZg9MGm4k0HevL+0X7SaXJVldFFUUFg1r&#10;zvETUexK3kgVInGZzCF5k0ubFozGbmYhfK/rD0z/DejuTDVMGtIwNaDGWyzJz+0wz87SOdjDE+cH&#10;EWgPycFf/V5QkxbKGhxvWKqpyqGAXYt3j3V/AAAA//8DAFBLAQItABQABgAIAAAAIQCbMyc3DAEA&#10;AC0CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AMhJ1w4MCgAAkzIAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhABC1ALW/BQAAeRAAABAAAAAAAAAAAAAAAAAAdAwAAGRycy9pbmsvaW5rMS54bWxQSwECLQAU&#10;AAYACAAAACEAQXtJy+EAAAAKAQAADwAAAAAAAAAAAAAAAABhEgAAZHJzL2Rvd25yZXYueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHkYvJ2/AAAAIQEAABkAAAAAAAAAAAAAAAAAbxMAAGRycy9fcmVscy9lMm9E&#10;b2MueG1sLnJlbHNQSwUGAAAAAAYABgB4AQAAZRQAAAAA&#10;">
-            <v:rect id="Γραφή 1" o:spid="_x0000_s1028" style="position:absolute;left:-61;top:-61;width:16070;height:11689;visibility:visible;mso-wrap-style:square" coordorigin="1" coordsize="4430,3213" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCt7OGJywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BT8Mw&#10;DIXvSPyHyEjcWNrBKuiWTcA0MY4MBFev8ZpC45Qm28p+PT4gcbT9/N77ZovBt+pAfWwCG8hHGSji&#10;KtiGawNvr6urW1AxIVtsA5OBH4qwmJ+fzbC04cgvdNikWokJxxINuJS6UutYOfIYR6Ejltsu9B6T&#10;jH2tbY9HMfetHmdZoT02LAkOO3p0VH1t9t7A88c2ubh8eB8+n8bbTq9O35yfjLm8GO6noBIN6V/8&#10;9722Ur+4zifFTXYnFMIkC9DzXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCt7OGJywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" filled="f" strokeweight=".35mm">
+            <v:rect id="Γραφή 1" o:spid="_x0000_s1028" style="position:absolute;left:-61;top:-61;width:16070;height:11689;visibility:visible;mso-wrap-style:square" filled="f" strokeweight=".35mm">
               <v:stroke endcap="round"/>
               <v:path shadowok="f" o:extrusionok="f" fillok="f" insetpenok="f"/>
               <o:lock v:ext="edit" rotation="t" aspectratio="t" verticies="t" text="t" shapetype="t"/>
               <o:ink i="AJkHHQSoA7QCARBYz1SK5pfFT48G+LrS4ZsiAwZIEEUjRiMFAzgLZBkjMgqBx///D4DH//8PMwqB&#10;x///D4DH//8POAkA/v8DAAAAAAAKzAbIA4fwaJeDRNAYAQGAIDAEBgCAwCAwCAwCAwCAwCAwCBye&#10;PZd4APgnoDacGQKAwBRZfaoHAabWkBgEDgCqx5hvNEBgMAIDAAi8mgIQGACAwAQ2EIDAIBAYBAYB&#10;C4/A4DAbXQsB2nTiBVexUeCzKJQOvwjGddsGjIFAIAisEmNUIHAIGQGKxJAEAjcqgEBgCAwBAYAA&#10;CAQFAICgEBgEBgCAwBAYAgMAEBgCBQMQCAgEBgBAYFA0BQCAwGAQEg8CgslldUgCAQBAIBAINFo2&#10;gIgMAgcAQUgcAgaH22lSZAIAh8agCAQGACAQGACAAgEBgCDSCIwCRTUIBAYAh1ugEBgMAgOdMQwH&#10;c3A+wGjWOAQBAlSucAgKAIDHMLVngJte4tCAwCWQzDmL0Ds2Qsdw3gLtgwfL8BpGUNewOAoDAYCg&#10;aAwGAweCECgMAgCAQAgCOYmybAICBAYBAUAgKAwCAgIDAIDAIDAIDAICgEBIBAUF1fdsRQCAwCAw&#10;AlsYIDAJvTJGh/Aqx4FWYDAIDAIDAIDAIDAEBgEBgBAYAQGABBYFDYpAEcjKBQBLplS4DAZNO0Dg&#10;KBkJgcfj0AIBACAQAhEJQGAQFAYBAYBAUBgEBQMQEQFDY/AoBAp/KqbR8XQGA2OzT+ByaIKXFsY4&#10;Rr2oIGQOYwHD+aEAEAgEBiMSgJAZfRoCQCAiAQEEAgIQCAiAQFAICgEBgEBgEBgEBgCAwAQGAQGA&#10;ICgEBQCAgIHA0AgIgEBQCGwKG0vCOXICCAwCWwuoEBgEBgEBIbARAIDAI7jPBFAgEBJvTkBgAgMA&#10;EBgBAICQBAYAg8bhkAjMqQCAwKAwAQGDQKDQSCUyPwrHmY4JPqXAYDAYDAZBOUBgJAYDH4ZHZBDI&#10;BAIBAIBAIdDKhSYFAq1ly/xPgKN5wfJa5ba4G2AEAIBAYAJlQYDACAwBAUAgMBgEozprMIBASAQG&#10;AQFAIDAIDBoTAIDAICgEBAQGAICgEBEDgcGgMBQGAoDFYZAIEgCCQMCH9XPnq59AAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAANNoDAIDAOFh8P6o&#10;CgARIOCLjYICcdwB&#10;" annotation="t"/>
             </v:rect>
             <v:shape id="Ελεύθερη σχεδίαση: Σχήμα 2" o:spid="_x0000_s1029" style="position:absolute;left:15570;top:10306;width:18135;height:3126;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" coordsize="1813560,312659" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCFBZM6yQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BT8Mw&#10;DIXvSPyHyJO4IJZ0mlDXLZsQCMF1ZeJsNaat1jhVknWFX48PSBzt9/ze591h9oOaKKY+sIViaUAR&#10;N8H13Fo4fbw+lKBSRnY4BCYL35TgsL+92WHlwpWPNNW5VRLCqUILXc5jpXVqOvKYlmEkFu0rRI9Z&#10;xthqF/Eq4X7QK2MetceepaHDkZ47as71xVv4jK6YYjkc3crc/1xCfXp547O1d4v5aQsq05z/zX/X&#10;707w16XZbIpyLdDykyxA738BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhQWTOskAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" path="m,c355600,128270,711200,256540,1013460,297180v302260,40640,551180,-6350,800100,-53340e" filled="f" strokecolor="#4579b8 [3044]" strokeweight="2.25pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1013460,297180;1813560,243840" o:connectangles="0,0,0"/>
             </v:shape>
             <v:shape id="Ελεύθερη σχεδίαση: Σχήμα 4" o:spid="_x0000_s1030" style="position:absolute;left:15379;top:10458;width:7011;height:5834;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" coordsize="701040,583366" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAdSqpTyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/LTsMw&#10;EEX3SPyDNUjsqE1LQxrqVhUSgh3qg/0onsZR4nEau03o1+MFUpdX96WzXI+uFRfqQ+1Zw/NEgSAu&#10;vam50nDYfzzlIEJENth6Jg2/FGC9ur9bYmH8wFu67GIl0giHAjXYGLtCylBachgmviNO3tH3DmOS&#10;fSVNj0Mad62cKpVJhzWnB4sdvVsqm93ZaXidNdPraW+vP5uyzb/DZ5MNC6X148O4eQMRaYy38H/7&#10;y2h4mWfzfJarBJGQEg7I1R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAHUqqU8kAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" path="m,c65405,233045,130810,466090,213360,548640v82550,82550,200660,-1270,281940,-53340c576580,443230,638810,339725,701040,236220e" filled="f" strokecolor="red" strokeweight="2.25pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;213360,548640;495300,495300;701040,236220" o:connectangles="0,0,0,0"/>
             </v:shape>
             <v:shape id="Ελεύθερη σχεδίαση: Σχήμα 5" o:spid="_x0000_s1031" style="position:absolute;left:8559;top:2800;width:7087;height:7544;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" coordsize="708660,754380" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCi1AM/zQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvQv9DmII3m62V7ro2LVJR9CBoFYq3cTPdDd1MliRuo7/eHASPM+/Ne9+sNsn2YiQfjGMF81kB&#10;grhx2nCr4P3t/qICESKyxt4xKfimAJv15GyFtXYnfqVxF1uRQzjUqKCLcailDE1HFsPMDcRZOzhv&#10;MebRt1J7POVw28vLolhKi4ZzQ4cDbTtqjrsvqyClZ/mwNXcvfr4vzbj8HH72H09KnU/T7Q2ISCn+&#10;m/+uH3XGL6urRbmorjN0/ikvQK5/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/&#10;AAAAFQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKLUAz/N&#10;AAAA4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAAB&#10;AwAAAAA=&#10;" path="m708660,754380l175260,411480c66040,344170,82550,419100,53340,350520,24130,281940,12065,140970,,e" filled="f" strokecolor="#4579b8 [3044]">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <v:path arrowok="t" o:connecttype="custom" o:connectlocs="708660,754380;175260,411480;53340,350520;0,0" o:connectangles="0,0,0,0"/>
             </v:shape>
             <v:shape id="Ελεύθερη σχεδίαση: Σχήμα 6" o:spid="_x0000_s1032" style="position:absolute;left:2006;top:3562;width:6729;height:3048;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" coordsize="672850,304800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCEYxklywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9iG4MMUp0lWIpFTyZCuLtkX0modm3Ibtq6q/vCkKPw8x8wyzXvWnElTpXW1YwGUcg&#10;iAuray4VHL4/R3MQziNrbCyTgl9ysF69DJaYaXvjPV1zX4oAYZehgsr7NpPSFRUZdGPbEgfvbDuD&#10;PsiulLrDW4CbRsZRlEqDNYeFClvaVFT85BejYDf8OLan7f0rLYv8fDji8E77i1Jvr/37AoSn3v+H&#10;n+2tVjCbzpI4TtIEHpfCHZCrPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCEYxklywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" path="m672850,304800c413135,256540,153420,208280,48010,175260,-57400,142240,44200,135890,40390,106680,36580,77470,30865,38735,25150,e" filled="f" strokecolor="#4579b8 [3044]">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <v:path arrowok="t" o:connecttype="custom" o:connectlocs="672850,304800;48010,175260;40390,106680;25150,0" o:connectangles="0,0,0,0"/>
             </v:shape>
             <v:rect id="_x0000_s1033" style="position:absolute;left:15227;top:8020;width:20802;height:4419;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBWez0yyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fT8Iw&#10;EH838Ts0R+KbdJAgdlAImED0wYDABzjWYxuu16WtbH57a2Li4/3+33zZ20bcyIfasYbRMANBXDhT&#10;c6nhdNw8PoMIEdlg45g0fFOA5eL+bo65cR1/0O0QS5FCOOSooYqxzaUMRUUWw9C1xIm7OG8xptOX&#10;0njsUrht5DjLnqTFmlNDhS29VFR8Hr6sBsL1dteVm/frCdX4+nbxar89a/0w6FczEJH6+C/+c7+a&#10;NH+aTdRIqckUfn9KAMjFDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBWez0yyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" filled="f" stroked="f">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <v:textbox>
                 <w:txbxContent>
@@ -1265,59 +1373,59 @@
           <w:noProof/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A7D9119" w14:textId="7FDD6A01" w:rsidR="009C19FA" w:rsidRPr="00C00AEC" w:rsidRDefault="009C19FA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C5EBBEF" w14:textId="2A283777" w:rsidR="009C19FA" w:rsidRPr="00C00AEC" w:rsidRDefault="009C19FA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="579B6E91" w14:textId="7F2B66AF" w:rsidR="009C19FA" w:rsidRPr="00C00AEC" w:rsidRDefault="00B15989">
+    <w:p w14:paraId="579B6E91" w14:textId="7F2B66AF" w:rsidR="009C19FA" w:rsidRPr="00C00AEC" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C00AEC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="28DB8802">
           <v:rect id="Ορθογώνιο 7" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:115.8pt;margin-top:10.75pt;width:163.8pt;height:34.8pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD54oAxXAIAACUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9r2zAQfh/sfxB6XxxnWdeGOiW0dAxK&#10;G5qOPiuy1BhknXZSYmd//U6y42RdoTD2Yp90v7/7TpdXbW3YTqGvwBY8H405U1ZCWdmXgv94uv10&#10;zpkPwpbCgFUF3yvPr+YfP1w2bqYmsAFTKmQUxPpZ4wq+CcHNsszLjaqFH4FTlpQasBaBjviSlSga&#10;il6bbDIen2UNYOkQpPKebm86JZ+n+ForGR609iowU3CqLaQvpu86frP5pZi9oHCbSvZliH+oohaV&#10;paRDqBsRBNti9VeoupIIHnQYSagz0LqSKvVA3eTjV92sNsKp1AuB490Ak/9/YeX9buWWSDA0zs88&#10;ibGLVmMd/1QfaxNY+wEs1QYm6XIyPh9PzghTSbrpNL8gmcJkR2+HPnxTULMoFBxpGAkjsbvzoTM9&#10;mMRkFm4rY9JAjP3jgmLGm+xYYpLC3qhoZ+yj0qwqqag8JUjsUdcG2U7Q3IWUyoa8ry5ZRzdN2QbH&#10;z+879vbRVSVmDc6T950Hj5QZbBic68oCvhXADCXrzv6AQNd3hCC065Yaj333E1xDuV8iQ+iY7p28&#10;rQj9O+HDUiBRmwZG6xoe6KMNNAWHXuJsA/jrrftoT4wjLWcNrUrB/c+tQMWZ+W6Jixf5dBp3Kx2m&#10;X75O6ICnmvWpxm7ra6Cp5PQwOJnEaB/MQdQI9TNt9SJmJZWwknIXXAY8HK5Dt8L0Lki1WCQz2icn&#10;wp1dOXngQWTXU/ss0PUUDETeezislZi9YmJnGydkYbENoKtE04h0h2s/AdrFRPT+3YjLfnpOVsfX&#10;bf4bAAD//wMAUEsDBBQABgAIAAAAIQAqnhsp3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;TsMwEEX3SNzBmkrsqOOgVCTEqQCplVggSukBJvE0SRvbke024faYFexmNE9/3i/Xsx7YlZzvrZEg&#10;lgkwMo1VvWklHL4294/AfECjcLCGJHyTh3V1e1NioexkPum6Dy2LIcYXKKELYSw4901HGv3SjmTi&#10;7WidxhBX13LlcIrheuBpkqy4xt7EDx2O9NpRc95ftATCl+3H1G7eTwfM09Pb0eW7bS3l3WJ+fgIW&#10;aA5/MPzqR3WoolNtL0Z5NkhIH8QqonEQGbAIZFmeAqsl5EIAr0r+v0H1AwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAPnigDFcAgAAJQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhACqeGynfAAAACQEAAA8AAAAAAAAAAAAAAAAAtgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAADCBQAAAAA=&#10;" filled="f" stroked="f">
             <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
             <v:textbox>
               <w:txbxContent>
                 <w:p w14:paraId="12ED943D" w14:textId="7394E04D" w:rsidR="004000CB" w:rsidRPr="00B15989" w:rsidRDefault="004000CB" w:rsidP="004000CB">
                   <w:pPr>
                     <w:rPr>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:val="el-GR"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B15989">
                     <w:rPr>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:val="el-GR"/>
                     </w:rPr>
                     <w:t>Β</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
@@ -1409,58 +1517,51 @@
       <m:oMath>
         <m:r>
           <m:rPr>
             <m:sty m:val="bi"/>
           </m:rPr>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cstheme="majorHAnsi"/>
             <w:lang w:val="el-GR"/>
           </w:rPr>
           <m:t xml:space="preserve"> </m:t>
         </m:r>
         <m:r>
           <m:rPr>
             <m:sty m:val="bi"/>
           </m:rPr>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cstheme="majorHAnsi"/>
           </w:rPr>
           <m:t>f</m:t>
         </m:r>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cstheme="majorHAnsi"/>
             <w:lang w:val="el-GR"/>
           </w:rPr>
-          <m:t>=</m:t>
-[...6 lines deleted...]
-          <m:t>41</m:t>
+          <m:t>=41</m:t>
         </m:r>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cstheme="majorHAnsi"/>
                 <w:kern w:val="3"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:r>
               <m:rPr>
                 <m:sty m:val="bi"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cstheme="majorHAnsi"/>
                 <w:lang w:val="el-GR"/>
               </w:rPr>
               <m:t>*</m:t>
             </m:r>
             <m:r>
               <m:rPr>
                 <m:sty m:val="bi"/>
@@ -1888,106 +1989,89 @@
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <m:t>h</m:t>
             </m:r>
           </m:den>
         </m:f>
       </m:oMath>
     </w:p>
     <w:p w14:paraId="4B5A7231" w14:textId="25DDF6D2" w:rsidR="00694043" w:rsidRPr="00C00AEC" w:rsidRDefault="00694043" w:rsidP="00694043">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>και εφαρμόζεται για 2</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">0 </w:t>
+        <w:t xml:space="preserve">και εφαρμόζεται για 220 </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:iCs/>
         </w:rPr>
         <w:t>min</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>, να προσδιοριστούν το ύψος απορροής  καθώς και το ύψος του διηθούμενο νερού.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="761E7594" w14:textId="76CC2686" w:rsidR="007C7FEA" w:rsidRPr="00C00AEC" w:rsidRDefault="007C7FEA" w:rsidP="007C7FEA">
       <w:pPr>
         <w:pStyle w:val="21"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="majorHAnsi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="majorHAnsi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
+          <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10EECBCF" wp14:editId="17ADA9C3">
             <wp:extent cx="5486400" cy="2863850"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1658879062" name="Εικόνα 1" descr="Εικόνα που περιέχει κείμενο, γραμμή, στιγμιότυπο οθόνης, γράφημα&#10;&#10;Περιγραφή που δημιουργήθηκε αυτόματα"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1658879062" name="Εικόνα 1" descr="Εικόνα που περιέχει κείμενο, γραμμή, στιγμιότυπο οθόνης, γράφημα&#10;&#10;Περιγραφή που δημιουργήθηκε αυτόματα"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
@@ -2008,58 +2092,51 @@
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="0165AEC8" w14:textId="3C9EC356" w:rsidR="007C7FEA" w:rsidRPr="00C00AEC" w:rsidRDefault="007C7FEA" w:rsidP="007C7FEA">
       <w:pPr>
         <w:pStyle w:val="21"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>Ασκηση</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3 </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Συνθετικό </w:t>
+        <w:t xml:space="preserve"> 3 Συνθετικό </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>Μοναδιαίο</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>Υδρογράφημα</w:t>
       </w:r>
@@ -2351,99 +2428,97 @@
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rStyle w:val="af1"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I_a</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rStyle w:val="af1"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 0.2 S</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41358141" w14:textId="3B3E79A1" w:rsidR="007C7FEA" w:rsidRPr="00C00AEC" w:rsidRDefault="007C7FEA" w:rsidP="007C7FEA">
+    <w:p w14:paraId="41358141" w14:textId="1CBDD7F2" w:rsidR="007C7FEA" w:rsidRPr="00EC0FE9" w:rsidRDefault="007C7FEA" w:rsidP="007C7FEA">
       <w:pPr>
         <w:pStyle w:val="Web"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Να προσδιοριστεί το </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>μοναιαίο</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>υδρογράφημα</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> για χρόνο </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C00AEC">
+        <w:t xml:space="preserve"> για χρόνο ενεργ</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0FE9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t>ενεργους</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">ής </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> βροχής = </w:t>
       </w:r>
       <w:r w:rsidR="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>hr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2A94E6DC" w14:textId="45952648" w:rsidR="00C00AEC" w:rsidRDefault="00C00AEC">
       <w:pPr>
         <w:rPr>
@@ -2477,63 +2552,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Ασκηση</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-        <w:t>4</w:t>
+        <w:t xml:space="preserve"> 4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B6C035C" w14:textId="0E86158A" w:rsidR="00C00AEC" w:rsidRPr="00C00AEC" w:rsidRDefault="00C00AEC" w:rsidP="00C00AEC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="el-GR" w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00AEC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="el-GR" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t xml:space="preserve">Σε μια λεκάνη απορροής η ολική βροχόπτωση από ένα γεγονός βροχής είναι 68 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5186,93 +5249,88 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2058166094">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1566917371">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1818718665">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="7413456">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1991443474">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1101224613">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1201481784">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1894390277">
     <w:abstractNumId w:val="9"/>
-    <w:lvlOverride w:ilvl="0"/>
-[...7 lines deleted...]
-    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B47730"/>
     <w:rsid w:val="00034616"/>
     <w:rsid w:val="0006063C"/>
     <w:rsid w:val="0015074B"/>
     <w:rsid w:val="0029639D"/>
     <w:rsid w:val="00326F90"/>
     <w:rsid w:val="004000CB"/>
     <w:rsid w:val="004D2E5E"/>
+    <w:rsid w:val="004F058B"/>
     <w:rsid w:val="00694043"/>
+    <w:rsid w:val="007740C8"/>
     <w:rsid w:val="007C7FEA"/>
     <w:rsid w:val="009C19FA"/>
     <w:rsid w:val="00AA1D8D"/>
     <w:rsid w:val="00B15989"/>
     <w:rsid w:val="00B47730"/>
     <w:rsid w:val="00C00AEC"/>
     <w:rsid w:val="00CB0664"/>
+    <w:rsid w:val="00D901DA"/>
     <w:rsid w:val="00E32C45"/>
+    <w:rsid w:val="00EC0FE9"/>
     <w:rsid w:val="00FC693F"/>
     <w:rsid w:val="00FF13F2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1037"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
         <o:r id="V:Rule1" type="connector" idref="#Ευθύγραμμο βέλος σύνδεσης 8"/>
@@ -17083,79 +17141,79 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF278816-EC6F-A645-907D-7F25AECB1D4A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1007</Words>
-  <Characters>5444</Characters>
+  <Words>1006</Words>
+  <Characters>5437</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>45</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Τίτλος</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6439</CharactersWithSpaces>
+  <CharactersWithSpaces>6431</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>python-docx</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>